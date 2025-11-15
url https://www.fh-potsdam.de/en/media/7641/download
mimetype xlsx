--- v0 (2025-10-02)
+++ v1 (2025-11-15)
@@ -1,656 +1,623 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="20416"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Studienangelegenheiten\Semesterplanung\SoSe 2025\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\Lehrplanung\Prüfungsorganisation\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7B5580F1-B05A-46D9-8FD8-F61F3FA814C2}" xr6:coauthVersionLast="36" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{86E520B9-BF2F-4D3E-9ED5-DD2A363141FE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-105" yWindow="-105" windowWidth="19425" windowHeight="10425" xr2:uid="{F7071638-80DC-4B33-A648-C92F89FAC965}"/>
+    <workbookView xWindow="-113" yWindow="-113" windowWidth="32281" windowHeight="17531" xr2:uid="{32626B28-CE20-4428-BAAB-3E577186C4AA}"/>
   </bookViews>
   <sheets>
-    <sheet name="Lehrveranstaltungen FB 5 - SoSe" sheetId="1" r:id="rId1"/>
+    <sheet name="Lehrveranstaltungen WS2025_26_2" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Lehrveranstaltungen FB 5 - SoSe'!$A$2:$A$2</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">'Lehrveranstaltungen WS2025_26_2'!$2:$2</definedName>
   </definedNames>
-  <calcPr calcId="191029" iterateDelta="1E-4"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="275" uniqueCount="189">
-[...2 lines deleted...]
-  </si>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="323" uniqueCount="176">
   <si>
     <t>Titel der Veranstaltung</t>
   </si>
   <si>
     <t>Studenten-Sets</t>
   </si>
   <si>
+    <t>Kolloquium</t>
+  </si>
+  <si>
+    <t>Euler, Ellen</t>
+  </si>
+  <si>
+    <t>Seminar</t>
+  </si>
+  <si>
+    <t>Semenova, Elena</t>
+  </si>
+  <si>
+    <t>Wuttke, Ulrike</t>
+  </si>
+  <si>
+    <t>Neher, Günther</t>
+  </si>
+  <si>
+    <t>Köppen, Veit</t>
+  </si>
+  <si>
+    <t>Übung</t>
+  </si>
+  <si>
+    <t>7. A</t>
+  </si>
+  <si>
+    <t>Scholz, Michael</t>
+  </si>
+  <si>
+    <t>Schreyer, Angela</t>
+  </si>
+  <si>
+    <t>Schäfer, Felix F.</t>
+  </si>
+  <si>
+    <t>Taege, Susanne;Schnemann, Carsten</t>
+  </si>
+  <si>
+    <t>7. IuD</t>
+  </si>
+  <si>
+    <t>Freund, Susanne</t>
+  </si>
+  <si>
     <t>Struß, Julia Maria</t>
   </si>
   <si>
-    <t>Witzke, Kerstin Annabel</t>
-[...20 lines deleted...]
-    <t>Glauert, Mario</t>
+    <t>3. IuD</t>
+  </si>
+  <si>
+    <t>3. A</t>
+  </si>
+  <si>
+    <t>Exkursion</t>
+  </si>
+  <si>
+    <t>Seminar Präsenz</t>
+  </si>
+  <si>
+    <t>Stropp, Sabine</t>
+  </si>
+  <si>
+    <t>Vorlesung Präsenz</t>
+  </si>
+  <si>
+    <t>Heisig, Peter;Köppen, Veit;Struß, Julia Maria</t>
+  </si>
+  <si>
+    <t>Steyer, Timo</t>
+  </si>
+  <si>
+    <t>Euler, Ellen;Kampa, Philipp</t>
+  </si>
+  <si>
+    <t>Stäcker, Thomas</t>
+  </si>
+  <si>
+    <t>Schwarz, Karin</t>
+  </si>
+  <si>
+    <t>Heuwing, Ben</t>
+  </si>
+  <si>
+    <t>Neuroth, Heike</t>
+  </si>
+  <si>
+    <t>Neher, Günther;Neuroth, Heike;Schwarz, Karin;Struß, Julia Maria;Veit, Torsten</t>
+  </si>
+  <si>
+    <t>Hirsch, Sven;Wuttke, Ulrike</t>
+  </si>
+  <si>
+    <t>Himpsl-Zeltner, Anja</t>
+  </si>
+  <si>
+    <t>Schmidt, Birgit</t>
   </si>
   <si>
     <t>Jung, Thomas</t>
   </si>
   <si>
-    <t>Neuroth, Heike</t>
-[...152 lines deleted...]
-    <t>P II - 6. Sem</t>
+    <t>Görmer, Mario</t>
+  </si>
+  <si>
+    <t>Schaper, Uwe;Hirsch, Sven</t>
+  </si>
+  <si>
+    <t>A8a (nachgeholt)</t>
+  </si>
+  <si>
+    <t>FL 01/ PE-I</t>
+  </si>
+  <si>
+    <t>FLEX/PE-I - Schreyer</t>
+  </si>
+  <si>
+    <t>FL 02</t>
+  </si>
+  <si>
+    <t>G8a</t>
+  </si>
+  <si>
+    <t>G8b</t>
+  </si>
+  <si>
+    <t>P 01a</t>
+  </si>
+  <si>
+    <t>P 02a</t>
+  </si>
+  <si>
+    <t>P 02b</t>
+  </si>
+  <si>
+    <t>P 03</t>
+  </si>
+  <si>
+    <t>PA 08</t>
+  </si>
+  <si>
+    <t>PA 09</t>
+  </si>
+  <si>
+    <t>PB 01</t>
+  </si>
+  <si>
+    <t>PB 02</t>
+  </si>
+  <si>
+    <t>PB 03</t>
+  </si>
+  <si>
+    <t>PB 08</t>
+  </si>
+  <si>
+    <t>PD 01</t>
+  </si>
+  <si>
+    <t>PD 02</t>
+  </si>
+  <si>
+    <t>PD 03</t>
+  </si>
+  <si>
+    <t>PD 08</t>
+  </si>
+  <si>
+    <t>PD 09</t>
+  </si>
+  <si>
+    <t>WA 01</t>
+  </si>
+  <si>
+    <t>WA 02</t>
+  </si>
+  <si>
+    <t>WAB 01</t>
+  </si>
+  <si>
+    <t>WB 02</t>
+  </si>
+  <si>
+    <t>WB 03 / WD 03</t>
+  </si>
+  <si>
+    <t>WB 04</t>
+  </si>
+  <si>
+    <t>WD 01</t>
+  </si>
+  <si>
+    <t>WD 02</t>
+  </si>
+  <si>
+    <t>P/E II</t>
+  </si>
+  <si>
+    <t>7. A;7. B;7. IuD</t>
+  </si>
+  <si>
+    <t>7. B</t>
+  </si>
+  <si>
+    <t>3. B</t>
+  </si>
+  <si>
+    <t>3. A;3. B</t>
+  </si>
+  <si>
+    <t>3. B;3. IuD</t>
+  </si>
+  <si>
+    <t>1. ABD</t>
+  </si>
+  <si>
+    <t>1. B</t>
+  </si>
+  <si>
+    <t>1. A</t>
+  </si>
+  <si>
+    <t>3. ABD</t>
+  </si>
+  <si>
+    <t>1. IuD</t>
+  </si>
+  <si>
+    <t>7. ABD</t>
+  </si>
+  <si>
+    <t>7. A; 7. B</t>
+  </si>
+  <si>
+    <t>pnr</t>
+  </si>
+  <si>
+    <t>Anmeldung über die Prüferin</t>
+  </si>
+  <si>
+    <t>Anmeldung über die Prüfer*innen</t>
+  </si>
+  <si>
+    <t>Lab: Data Literacy - VL</t>
+  </si>
+  <si>
+    <t>Paläographie</t>
+  </si>
+  <si>
+    <t>Aktenkunde</t>
+  </si>
+  <si>
+    <t>Erschließungstheorie/ Erschließungsübung</t>
+  </si>
+  <si>
+    <t>PA 02</t>
+  </si>
+  <si>
+    <t>Grundlagen Sacherschließung</t>
+  </si>
+  <si>
+    <t>PA 03</t>
+  </si>
+  <si>
+    <t>Bestandserhaltung</t>
+  </si>
+  <si>
+    <t>Geschichtswissenschaft II</t>
+  </si>
+  <si>
+    <t>Einführung Metadaten &amp; Semantik</t>
+  </si>
+  <si>
+    <t>Bibliothekarische Informationsdidaktik</t>
+  </si>
+  <si>
+    <t>Grundlagen Semantik und Metadaten</t>
+  </si>
+  <si>
+    <t>Bibliothekstechnologische Infrastrukturen</t>
+  </si>
+  <si>
+    <t>Vertiefung Historische Hilfswissenschaften</t>
+  </si>
+  <si>
+    <t>Archivsparten und -geschichte</t>
+  </si>
+  <si>
+    <t>Datenkultur</t>
+  </si>
+  <si>
+    <t>Digitale Editionen</t>
+  </si>
+  <si>
+    <t>2231
+2331</t>
+  </si>
+  <si>
+    <t>Start me up</t>
+  </si>
+  <si>
+    <t>Klausur</t>
+  </si>
+  <si>
+    <t>P 01b + c</t>
+  </si>
+  <si>
+    <t>P 02</t>
+  </si>
+  <si>
+    <t>Grundbegriffe und Praktiken der Informationswissenschaften</t>
+  </si>
+  <si>
+    <t>keine Anmeldung im Teilmodul</t>
+  </si>
+  <si>
+    <t>Praktische Fähigkeiten digitaler Medien</t>
+  </si>
+  <si>
+    <t>Anmeldebeginn</t>
+  </si>
+  <si>
+    <t>Anmeldeende</t>
+  </si>
+  <si>
+    <t>Rücktritt Ende</t>
+  </si>
+  <si>
+    <t>Art der Prüfunsleistung</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Projektpräsentation </t>
+  </si>
+  <si>
+    <t>Schäfer, Felix; Stürzlinger, Martin</t>
+  </si>
+  <si>
+    <t>Dokumente erfolgreich digitalisiert, was dann?</t>
+  </si>
+  <si>
+    <t>Projekt zur DDR-Opposition</t>
+  </si>
+  <si>
+    <t>Übungen an frühneuzeitlichen Archivalien</t>
+  </si>
+  <si>
+    <t>Datenqualität</t>
+  </si>
+  <si>
+    <t>Open Access Brandenburg 2.0</t>
   </si>
   <si>
     <t>PA 01</t>
   </si>
   <si>
-    <t>PA 04</t>
-[...143 lines deleted...]
-    <t>Vertiefung wiss.- Arbeiten I</t>
+    <t>Übung benotet</t>
+  </si>
+  <si>
+    <t>Strukturen und organisatorische Entwicklungslinien</t>
+  </si>
+  <si>
+    <t>Open Access in Bibliotheken</t>
+  </si>
+  <si>
+    <t>PB 01b</t>
+  </si>
+  <si>
+    <t>PB 01a</t>
+  </si>
+  <si>
+    <t>Bibliotheken in der Informationsgesellschaft</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Benotete Übungsaufgaben </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Portfolioprüfung </t>
+  </si>
+  <si>
+    <t>Grundlagen der Informationsrecherche</t>
+  </si>
+  <si>
+    <t>PD 03a</t>
+  </si>
+  <si>
+    <t>PD 03b</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Einführung in Berufsfelder und
+Informationsrecherche </t>
+  </si>
+  <si>
+    <t>Hausarbeit</t>
+  </si>
+  <si>
+    <t>Neher, Günther; Schreyer, Angela</t>
+  </si>
+  <si>
+    <t>Praktische Hausarbeit 
+über a + b</t>
+  </si>
+  <si>
+    <t>PD 09a</t>
+  </si>
+  <si>
+    <t>PD 09b</t>
+  </si>
+  <si>
+    <t>Datenbankmanagement</t>
+  </si>
+  <si>
+    <t>XML- und RDF-basiertes Datenmanagement</t>
+  </si>
+  <si>
+    <t>Datenmanagement – Grundlagen</t>
+  </si>
+  <si>
+    <t>Praktische Hausarbeit</t>
+  </si>
+  <si>
+    <t>Öffentliche Bibliotheken</t>
+  </si>
+  <si>
+    <t>Referat benotet</t>
+  </si>
+  <si>
+    <t>UX für digitale Informationsangebote</t>
+  </si>
+  <si>
+    <t>Semantische Datenmodelle</t>
+  </si>
+  <si>
+    <t>Grundbegriffe der Informationswissenschaften</t>
+  </si>
+  <si>
+    <t>Vorlesung</t>
+  </si>
+  <si>
+    <t>Werkstatt</t>
+  </si>
+  <si>
+    <t>Strategisches und operatives Archivmanagement</t>
+  </si>
+  <si>
+    <t>Dozent*innen</t>
+  </si>
+  <si>
+    <t>Modul/
+Schwerpunkt</t>
+  </si>
+  <si>
+    <t>Exkursion DAAD-Projekt</t>
   </si>
   <si>
     <t>Kommunikation im Beruf</t>
   </si>
   <si>
-    <t>Erschließungsübung</t>
-[...227 lines deleted...]
-    <t>PD 04 nachgeholt</t>
+    <t>3. B;3. IuD;5. B;5. IuD; 7. B;7. IuD</t>
+  </si>
+  <si>
+    <t>BA Kolloquium</t>
+  </si>
+  <si>
+    <t>Archiviere, wo Du stehst! Community-basierte digitale Archivierung in der Praxis</t>
+  </si>
+  <si>
+    <t>Datentracking</t>
+  </si>
+  <si>
+    <t>Wie weiter als Alumni? Fort-_x0002_und Weiterbildung im Beruf</t>
+  </si>
+  <si>
+    <t>PA 02b</t>
+  </si>
+  <si>
+    <t>PA 02a</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Paläographie </t>
+  </si>
+  <si>
+    <t>Präsentation</t>
+  </si>
+  <si>
+    <t>PD 02a + PD 02b</t>
+  </si>
+  <si>
+    <t>Neher, Günther; Struß, Julia</t>
+  </si>
+  <si>
+    <t>Grundlagen Mathematik und Informatik</t>
+  </si>
+  <si>
+    <t>Einführung in die objektorientierte Programmierung</t>
+  </si>
+  <si>
+    <t>Berufsfelder ger</t>
+  </si>
+  <si>
+    <t>Managementmethoden</t>
+  </si>
+  <si>
+    <t>KI im informationswissenschaftlichen Alltag</t>
+  </si>
+  <si>
+    <t>Mysterium Archive: Closed Shop oder sozialer Ort für alle?</t>
+  </si>
+  <si>
+    <t>Informationswissenschaften: Forschungsgegenstände</t>
+  </si>
+  <si>
+    <t>KI als Werkzeug im Umgang mit Information</t>
+  </si>
+  <si>
+    <t>Referat + 10 Seiten Verschriftlichung</t>
+  </si>
+  <si>
+    <t>Scholz; Stürzlinger;
+Notthoff; Starkloff</t>
+  </si>
+  <si>
+    <t>Anmeldefristen für das WiSe2025-26 im Fachbereich Informationswissenschaften</t>
+  </si>
+  <si>
+    <t>Projekt benotet</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="24">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="18"/>
       <color theme="3"/>
       <name val="Aptos Display"/>
       <family val="2"/>
       <scheme val="major"/>
     </font>
     <font>
       <b/>
       <sz val="15"/>
       <color theme="3"/>
@@ -742,90 +709,94 @@
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...6 lines deleted...]
-      <sz val="9"/>
+      <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <scheme val="minor"/>
     </font>
     <font>
+      <b/>
       <sz val="9"/>
-      <name val="Aptos Narrow"/>
-      <scheme val="minor"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="9"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
     <font>
       <sz val="9"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
+      <name val="Calibri"/>
       <family val="2"/>
-      <scheme val="minor"/>
-[...7 lines deleted...]
-      <scheme val="minor"/>
     </font>
     <font>
       <sz val="8"/>
       <color theme="1"/>
-      <name val="Aptos Narrow"/>
-      <scheme val="minor"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="9"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="14"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
-  <fills count="37">
+  <fills count="35">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFCC99"/>
       </patternFill>
@@ -963,74 +934,62 @@
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="65"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="0.79998168889431442"/>
-[...5 lines deleted...]
-        <fgColor theme="9" tint="0.79998168889431442"/>
+        <fgColor theme="9" tint="0.39997558519241921"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="9" tint="-0.249977111117893"/>
-[...5 lines deleted...]
-        <fgColor theme="9" tint="-0.249977111117893"/>
+        <fgColor theme="9" tint="0.59999389629810485"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="13">
+  <borders count="24">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="thick">
         <color theme="4" tint="0.499984740745262"/>
       </bottom>
       <diagonal/>
     </border>
@@ -1103,407 +1062,739 @@
       </left>
       <right style="thin">
         <color rgb="FFB2B2B2"/>
       </right>
       <top style="thin">
         <color rgb="FFB2B2B2"/>
       </top>
       <bottom style="thin">
         <color rgb="FFB2B2B2"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color theme="4"/>
       </top>
       <bottom style="double">
         <color theme="4"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
-        <color theme="9" tint="0.39997558519241921"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </left>
-      <right/>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
       <top style="thin">
-        <color theme="9" tint="0.39997558519241921"/>
+        <color theme="0" tint="-0.24994659260841701"/>
       </top>
       <bottom style="thin">
-        <color theme="9" tint="0.39997558519241921"/>
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right/>
+      <top/>
+      <bottom style="thin">
+        <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
       <right style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </right>
-      <top/>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color indexed="64"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom/>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </left>
-      <right/>
-      <top/>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
       <bottom style="thin">
         <color theme="0" tint="-0.34998626667073579"/>
       </bottom>
       <diagonal/>
     </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.24994659260841701"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </left>
+      <right style="thin">
+        <color indexed="64"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.34998626667073579"/>
+      </top>
+      <bottom style="thin">
+        <color indexed="64"/>
+      </bottom>
+      <diagonal/>
+    </border>
   </borders>
-  <cellStyleXfs count="42">
+  <cellStyleXfs count="43">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="1" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="3" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="6" fillId="2" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="8" fillId="4" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="9" fillId="5" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="10" fillId="6" borderId="5" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="11" fillId="6" borderId="4" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="6" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="13" fillId="7" borderId="7" applyNumberFormat="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="14" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="9" applyNumberFormat="0" applyFill="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="9" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="12" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="13" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="16" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="17" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="20" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="21" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="24" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="25" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="28" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="17" fillId="29" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="32" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
+    <xf numFmtId="0" fontId="19" fillId="34" borderId="13" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="29">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="18" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="34" borderId="14" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="34" borderId="14" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="20" fillId="34" borderId="15" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="33" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="20" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="19" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="19" fillId="33" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...17 lines deleted...]
-    <xf numFmtId="0" fontId="19" fillId="36" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="23" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="36" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="19" fillId="36" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="14" fontId="21" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="36" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="22" fillId="0" borderId="17" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="18" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="19" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="20" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="22" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="19" fillId="33" borderId="22" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="0" borderId="21" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="21" fillId="0" borderId="23" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="33" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="19" fillId="0" borderId="13" xfId="38" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="24" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
-  <cellStyles count="42">
+  <cellStyles count="43">
     <cellStyle name="20 % - Akzent1" xfId="19" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent2" xfId="23" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent3" xfId="27" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent4" xfId="31" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent5" xfId="35" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20 % - Akzent6" xfId="39" builtinId="50" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent1" xfId="20" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent2" xfId="24" builtinId="35" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent3" xfId="28" builtinId="39" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent4" xfId="32" builtinId="43" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent5" xfId="36" builtinId="47" customBuiltin="1"/>
     <cellStyle name="40 % - Akzent6" xfId="40" builtinId="51" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent1" xfId="21" builtinId="32" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent2" xfId="25" builtinId="36" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent3" xfId="29" builtinId="40" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent4" xfId="33" builtinId="44" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent5" xfId="37" builtinId="48" customBuiltin="1"/>
     <cellStyle name="60 % - Akzent6" xfId="41" builtinId="52" customBuiltin="1"/>
     <cellStyle name="Akzent1" xfId="18" builtinId="29" customBuiltin="1"/>
     <cellStyle name="Akzent2" xfId="22" builtinId="33" customBuiltin="1"/>
     <cellStyle name="Akzent3" xfId="26" builtinId="37" customBuiltin="1"/>
     <cellStyle name="Akzent4" xfId="30" builtinId="41" customBuiltin="1"/>
     <cellStyle name="Akzent5" xfId="34" builtinId="45" customBuiltin="1"/>
     <cellStyle name="Akzent6" xfId="38" builtinId="49" customBuiltin="1"/>
     <cellStyle name="Ausgabe" xfId="10" builtinId="21" customBuiltin="1"/>
     <cellStyle name="Berechnung" xfId="11" builtinId="22" customBuiltin="1"/>
     <cellStyle name="Eingabe" xfId="9" builtinId="20" customBuiltin="1"/>
     <cellStyle name="Ergebnis" xfId="17" builtinId="25" customBuiltin="1"/>
     <cellStyle name="Erklärender Text" xfId="16" builtinId="53" customBuiltin="1"/>
     <cellStyle name="Gut" xfId="6" builtinId="26" customBuiltin="1"/>
     <cellStyle name="Neutral" xfId="8" builtinId="28" customBuiltin="1"/>
     <cellStyle name="Notiz" xfId="15" builtinId="10" customBuiltin="1"/>
     <cellStyle name="Schlecht" xfId="7" builtinId="27" customBuiltin="1"/>
     <cellStyle name="Standard" xfId="0" builtinId="0"/>
+    <cellStyle name="Stil 1" xfId="42" xr:uid="{2C2AA25C-03BD-4746-BD67-F7B69774A867}"/>
     <cellStyle name="Überschrift" xfId="1" builtinId="15" customBuiltin="1"/>
     <cellStyle name="Überschrift 1" xfId="2" builtinId="16" customBuiltin="1"/>
     <cellStyle name="Überschrift 2" xfId="3" builtinId="17" customBuiltin="1"/>
     <cellStyle name="Überschrift 3" xfId="4" builtinId="18" customBuiltin="1"/>
     <cellStyle name="Überschrift 4" xfId="5" builtinId="19" customBuiltin="1"/>
     <cellStyle name="Verknüpfte Zelle" xfId="12" builtinId="24" customBuiltin="1"/>
     <cellStyle name="Warnender Text" xfId="14" builtinId="11" customBuiltin="1"/>
     <cellStyle name="Zelle überprüfen" xfId="13" builtinId="23" customBuiltin="1"/>
   </cellStyles>
-  <dxfs count="10">
+  <dxfs count="11">
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
-      <alignment horizontal="left" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
-      <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0">
+        <left style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </right>
+        <top style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </top>
+        <bottom style="thin">
+          <color theme="0" tint="-0.34998626667073579"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
       <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color indexed="64"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <font>
         <strike val="0"/>
         <outline val="0"/>
         <shadow val="0"/>
         <u val="none"/>
         <vertAlign val="baseline"/>
         <sz val="9"/>
-        <name val="Aptos Narrow"/>
-        <scheme val="minor"/>
+        <color auto="1"/>
+        <name val="Calibri"/>
+        <family val="2"/>
+        <scheme val="none"/>
       </font>
       <fill>
-        <patternFill>
-          <bgColor theme="9" tint="-0.249977111117893"/>
+        <patternFill patternType="solid">
+          <fgColor indexed="64"/>
+          <bgColor theme="9" tint="0.59999389629810485"/>
         </patternFill>
       </fill>
-      <alignment vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="1" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+      <border diagonalUp="0" diagonalDown="0" outline="0">
+        <left style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </left>
+        <right style="thin">
+          <color theme="0" tint="-0.24994659260841701"/>
+        </right>
+        <top/>
+        <bottom/>
+      </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
+  <colors>
+    <mruColors>
+      <color rgb="FF58B832"/>
+      <color rgb="FF33CC33"/>
+      <color rgb="FF4C9D2B"/>
+    </mruColors>
+  </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
-<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{E527C069-93D5-42D9-9558-3605EA2F249E}" name="Tabelle1" displayName="Tabelle1" ref="B2:I64" totalsRowShown="0" headerRowDxfId="9" dataDxfId="8">
-[...1 lines deleted...]
-    <sortCondition ref="B2:B64"/>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{E1026E3E-8695-478E-A2AC-02F6E793F995}" name="Tabelle1" displayName="Tabelle1" ref="B2:I63" totalsRowShown="0" headerRowDxfId="10" dataDxfId="8" headerRowBorderDxfId="9" headerRowCellStyle="Akzent6" dataCellStyle="Standard">
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="B3:F63">
+    <sortCondition ref="B2:B63"/>
   </sortState>
   <tableColumns count="8">
-    <tableColumn id="1" xr3:uid="{FA2FC902-57F5-4916-B1A7-1FEBA13DF7E1}" name="Modul/Schwerpunkt" dataDxfId="7"/>
-[...6 lines deleted...]
-    <tableColumn id="8" xr3:uid="{13054DDF-D961-4E61-9DBA-F73908467FCD}" name="Rücktritt bis" dataDxfId="0"/>
+    <tableColumn id="1" xr3:uid="{916E9F1C-646C-4C4E-B2A7-5BB265604CFB}" name="Modul/_x000a_Schwerpunkt" dataDxfId="7" dataCellStyle="Standard"/>
+    <tableColumn id="2" xr3:uid="{B9CDB164-16F7-4F88-A87A-4783748136C9}" name="Titel der Veranstaltung" dataDxfId="6" dataCellStyle="Standard"/>
+    <tableColumn id="4" xr3:uid="{904D3AE6-83F2-4BE8-9CFD-F56C0B87A5F6}" name="Art der Prüfunsleistung" dataDxfId="5" dataCellStyle="Standard"/>
+    <tableColumn id="5" xr3:uid="{DF53CC53-D6A6-41A7-A52F-14E066EE9FAA}" name="Dozent*innen" dataDxfId="4" dataCellStyle="Standard"/>
+    <tableColumn id="6" xr3:uid="{0B43E46E-F212-4279-9020-642880051948}" name="Studenten-Sets" dataDxfId="3" dataCellStyle="Standard"/>
+    <tableColumn id="3" xr3:uid="{EE879D99-B4D9-415D-AA95-21F3427F1819}" name="Anmeldebeginn" dataDxfId="2" dataCellStyle="Standard"/>
+    <tableColumn id="7" xr3:uid="{374ED7B1-6C8C-4DBB-9EA9-703A88DF4E29}" name="Anmeldeende" dataDxfId="1" dataCellStyle="Standard"/>
+    <tableColumn id="8" xr3:uid="{453285B7-69AA-456F-89AE-B22B66E8A255}" name="Rücktritt Ende" dataDxfId="0" dataCellStyle="Standard"/>
   </tableColumns>
   <tableStyleInfo name="TableStyleMedium7" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
 </table>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
@@ -1785,1794 +2076,1833 @@
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{70759BB3-ED2D-4D71-A212-120EBB4FA9D9}">
-  <dimension ref="A1:I64"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{578F2276-88F4-4616-BADF-D9BDF91DABA0}">
+  <dimension ref="A1:I63"/>
   <sheetViews>
-    <sheetView tabSelected="1" zoomScale="130" zoomScaleNormal="130" workbookViewId="0">
-      <selection activeCell="J4" sqref="J4"/>
+    <sheetView tabSelected="1" zoomScale="88" zoomScaleNormal="88" workbookViewId="0">
+      <selection activeCell="N37" sqref="N37"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr baseColWidth="10" defaultColWidth="10.25" defaultRowHeight="12"/>
+  <sheetFormatPr baseColWidth="10" defaultColWidth="11" defaultRowHeight="15.05" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="10.25" style="8"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="10.25" style="1"/>
+    <col min="1" max="1" width="9.6640625" style="3" customWidth="1"/>
+    <col min="2" max="2" width="11.88671875" style="2" customWidth="1"/>
+    <col min="3" max="3" width="20.88671875" style="2" customWidth="1"/>
+    <col min="4" max="4" width="18.44140625" style="2" customWidth="1"/>
+    <col min="5" max="5" width="17" style="2" customWidth="1"/>
+    <col min="6" max="6" width="13.44140625" style="2" customWidth="1"/>
+    <col min="7" max="9" width="15" style="3" customWidth="1"/>
+    <col min="10" max="16384" width="11" style="2"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="30.75" customHeight="1">
-[...8 lines deleted...]
-      <c r="A2" s="16" t="s">
+    <row r="1" spans="1:9" s="1" customFormat="1" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="28" t="s">
+        <v>174</v>
+      </c>
+      <c r="B1" s="28"/>
+      <c r="C1" s="28"/>
+      <c r="D1" s="28"/>
+      <c r="E1" s="28"/>
+      <c r="F1" s="28"/>
+      <c r="G1" s="28"/>
+      <c r="H1" s="28"/>
+      <c r="I1" s="28"/>
+    </row>
+    <row r="2" spans="1:9" ht="45.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A2" s="27" t="s">
+        <v>80</v>
+      </c>
+      <c r="B2" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>0</v>
+      </c>
+      <c r="D2" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="G2" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="H2" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="I2" s="7" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="3" spans="1:9" ht="43.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A3" s="16">
+        <v>1810</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>38</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="D3" s="9" t="s">
+        <v>21</v>
+      </c>
+      <c r="E3" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="F3" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G3" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H3" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I3" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="4" spans="1:9" ht="41.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="18" t="s">
+        <v>81</v>
+      </c>
+      <c r="B4" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="D4" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E4" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F4" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="G4" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H4" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I4" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="5" spans="1:9" ht="33.85" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="B5" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="C5" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="D5" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E5" s="9" t="s">
+        <v>24</v>
+      </c>
+      <c r="F5" s="9"/>
+      <c r="G5" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H5" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I5" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="6" spans="1:9" ht="36.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="16">
+        <v>810</v>
+      </c>
+      <c r="B6" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C6" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="D6" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E6" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="F6" s="9" t="s">
+        <v>68</v>
+      </c>
+      <c r="G6" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H6" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I6" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="7" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="16">
+        <v>820</v>
+      </c>
+      <c r="B7" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D7" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E7" s="9" t="s">
+        <v>3</v>
+      </c>
+      <c r="F7" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G7" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H7" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I7" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="8" spans="1:9" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="16">
+        <v>820</v>
+      </c>
+      <c r="B8" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C8" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D8" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E8" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="F8" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G8" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H8" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I8" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="9" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="16">
+        <v>820</v>
+      </c>
+      <c r="B9" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C9" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D9" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E9" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F9" s="9" t="s">
+        <v>15</v>
+      </c>
+      <c r="G9" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H9" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I9" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="10" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="16">
+        <v>820</v>
+      </c>
+      <c r="B10" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D10" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E10" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F10" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G10" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H10" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I10" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="11" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="16">
+        <v>820</v>
+      </c>
+      <c r="B11" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D11" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E11" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="F11" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G11" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H11" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I11" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="12" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="16">
+        <v>820</v>
+      </c>
+      <c r="B12" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C12" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D12" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E12" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F12" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G12" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H12" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I12" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="13" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="16">
+        <v>820</v>
+      </c>
+      <c r="B13" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D13" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E13" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F13" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G13" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H13" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I13" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="14" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="16">
+        <v>820</v>
+      </c>
+      <c r="B14" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C14" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D14" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E14" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="F14" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G14" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H14" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I14" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="15" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="16">
+        <v>820</v>
+      </c>
+      <c r="B15" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>154</v>
+      </c>
+      <c r="D15" s="9" t="s">
+        <v>2</v>
+      </c>
+      <c r="E15" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="F15" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="G15" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H15" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I15" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="16" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="16">
+        <v>110</v>
+      </c>
+      <c r="B16" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>156</v>
+      </c>
+      <c r="D16" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="E16" s="9" t="s">
+        <v>6</v>
+      </c>
+      <c r="F16" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G16" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H16" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I16" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="17" spans="1:9" ht="41.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="16">
+        <v>110</v>
+      </c>
+      <c r="B17" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C17" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="D17" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="E17" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="F17" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G17" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H17" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I17" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="18" spans="1:9" ht="52.45" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="16">
+        <v>110</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="D18" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="E18" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="F18" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G18" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H18" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I18" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="19" spans="1:9" ht="42.75" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="16">
+        <v>110</v>
+      </c>
+      <c r="B19" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="D19" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F19" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G19" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H19" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I19" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="20" spans="1:9" ht="63.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="16">
+        <v>110</v>
+      </c>
+      <c r="B20" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C20" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="E20" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F20" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G20" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H20" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I20" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="21" spans="1:9" ht="48.05" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="16">
+        <v>110</v>
+      </c>
+      <c r="B21" s="9" t="s">
+        <v>44</v>
+      </c>
+      <c r="C21" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="D21" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="E21" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="F21" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G21" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H21" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I21" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="22" spans="1:9" ht="46.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="16">
+        <v>120</v>
+      </c>
+      <c r="B22" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="C22" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="D22" s="26" t="s">
+        <v>102</v>
+      </c>
+      <c r="E22" s="9" t="s">
+        <v>26</v>
+      </c>
+      <c r="F22" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G22" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H22" s="10">
+        <v>46041</v>
+      </c>
+      <c r="I22" s="17">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="23" spans="1:9" ht="55.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="16">
+        <v>210</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>105</v>
       </c>
-      <c r="B2" s="17" t="s">
-[...5 lines deleted...]
-      <c r="D2" s="17" t="s">
+      <c r="D23" s="26" t="s">
+        <v>102</v>
+      </c>
+      <c r="E23" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G23" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H23" s="10">
+        <v>46041</v>
+      </c>
+      <c r="I23" s="17">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="24" spans="1:9" ht="41.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B24" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="C24" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="D24" s="9" t="s">
+        <v>146</v>
+      </c>
+      <c r="E24" s="9" t="s">
+        <v>17</v>
+      </c>
+      <c r="F24" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G24" s="10"/>
+      <c r="H24" s="10"/>
+      <c r="I24" s="17"/>
+    </row>
+    <row r="25" spans="1:9" ht="41.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>46</v>
+      </c>
+      <c r="C25" s="9" t="s">
+        <v>107</v>
+      </c>
+      <c r="D25" s="9" t="s">
+        <v>9</v>
+      </c>
+      <c r="E25" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="F25" s="9" t="s">
+        <v>73</v>
+      </c>
+      <c r="G25" s="10"/>
+      <c r="H25" s="10"/>
+      <c r="I25" s="17"/>
+    </row>
+    <row r="26" spans="1:9" ht="67.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="16">
+        <v>310</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>47</v>
+      </c>
+      <c r="C26" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="D26" s="15" t="s">
+        <v>112</v>
+      </c>
+      <c r="E26" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="F26" s="9" t="s">
+        <v>76</v>
+      </c>
+      <c r="G26" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H26" s="10">
+        <v>45662</v>
+      </c>
+      <c r="I26" s="17">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="27" spans="1:9" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="16">
+        <v>8210</v>
+      </c>
+      <c r="B27" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C27" s="9" t="s">
+        <v>114</v>
+      </c>
+      <c r="D27" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E27" s="9" t="s">
+        <v>13</v>
+      </c>
+      <c r="F27" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G27" s="10">
+        <v>45936</v>
+      </c>
+      <c r="H27" s="10">
+        <v>45957</v>
+      </c>
+      <c r="I27" s="17">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="28" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="16">
+        <v>8210</v>
+      </c>
+      <c r="B28" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="D28" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F28" s="9" t="s">
+        <v>79</v>
+      </c>
+      <c r="G28" s="10">
+        <v>45936</v>
+      </c>
+      <c r="H28" s="10">
+        <v>45957</v>
+      </c>
+      <c r="I28" s="17">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="29" spans="1:9" ht="33.049999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="16">
+        <v>8210</v>
+      </c>
+      <c r="B29" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C29" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="D29" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E29" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F29" s="9" t="s">
+        <v>10</v>
+      </c>
+      <c r="G29" s="10">
+        <v>45936</v>
+      </c>
+      <c r="H29" s="10">
+        <v>45957</v>
+      </c>
+      <c r="I29" s="17">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="30" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="16">
+        <v>8210</v>
+      </c>
+      <c r="B30" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C30" s="9" t="s">
+        <v>117</v>
+      </c>
+      <c r="D30" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E30" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="F30" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G30" s="10">
+        <v>45936</v>
+      </c>
+      <c r="H30" s="10">
+        <v>45957</v>
+      </c>
+      <c r="I30" s="17">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="31" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="16">
+        <v>8210</v>
+      </c>
+      <c r="B31" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C31" s="9" t="s">
+        <v>118</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E31" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F31" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G31" s="10">
+        <v>45936</v>
+      </c>
+      <c r="H31" s="10">
+        <v>45957</v>
+      </c>
+      <c r="I31" s="17">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="32" spans="1:9" ht="36.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="16">
+        <v>8210</v>
+      </c>
+      <c r="B32" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>157</v>
+      </c>
+      <c r="D32" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="E32" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F32" s="9" t="s">
+        <v>78</v>
+      </c>
+      <c r="G32" s="10">
+        <v>45936</v>
+      </c>
+      <c r="H32" s="10">
+        <v>45957</v>
+      </c>
+      <c r="I32" s="17">
+        <v>45957</v>
+      </c>
+    </row>
+    <row r="33" spans="1:9" ht="41.35" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="16">
+        <v>1111</v>
+      </c>
+      <c r="B33" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="C33" s="9" t="s">
+        <v>86</v>
+      </c>
+      <c r="D33" s="9" t="s">
+        <v>120</v>
+      </c>
+      <c r="E33" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="F33" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G33" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H33" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I33" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="34" spans="1:9" ht="45.7" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="16">
+        <v>1121</v>
+      </c>
+      <c r="B34" s="9" t="s">
+        <v>87</v>
+      </c>
+      <c r="C34" s="9" t="s">
+        <v>84</v>
+      </c>
+      <c r="D34" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E34" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F34" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G34" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H34" s="10">
+        <v>46041</v>
+      </c>
+      <c r="I34" s="17">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="35" spans="1:9" ht="65.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B35" s="9" t="s">
         <v>159</v>
       </c>
-      <c r="E2" s="20" t="s">
+      <c r="C35" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="D35" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F35" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G35" s="8"/>
+      <c r="H35" s="8"/>
+      <c r="I35" s="19"/>
+    </row>
+    <row r="36" spans="1:9" ht="33.049999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B36" s="9" t="s">
+        <v>158</v>
+      </c>
+      <c r="C36" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E36" s="9" t="s">
+        <v>28</v>
+      </c>
+      <c r="F36" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G36" s="10"/>
+      <c r="H36" s="10"/>
+      <c r="I36" s="17"/>
+    </row>
+    <row r="37" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="16">
+        <v>1131</v>
+      </c>
+      <c r="B37" s="9" t="s">
+        <v>89</v>
+      </c>
+      <c r="C37" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="D37" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E37" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="F37" s="9" t="s">
+        <v>75</v>
+      </c>
+      <c r="G37" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H37" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I37" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="38" spans="1:9" ht="32.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="16">
+        <v>1181</v>
+      </c>
+      <c r="B38" s="9" t="s">
+        <v>48</v>
+      </c>
+      <c r="C38" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="D38" s="15" t="s">
+        <v>161</v>
+      </c>
+      <c r="E38" s="9" t="s">
+        <v>22</v>
+      </c>
+      <c r="F38" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G38" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H38" s="10">
+        <v>45662</v>
+      </c>
+      <c r="I38" s="17">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="39" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="16">
+        <v>1191</v>
+      </c>
+      <c r="B39" s="9" t="s">
+        <v>49</v>
+      </c>
+      <c r="C39" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E39" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F39" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G39" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H39" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I39" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="40" spans="1:9" s="4" customFormat="1" ht="40.549999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="20">
+        <v>1311</v>
+      </c>
+      <c r="B40" s="11" t="s">
+        <v>50</v>
+      </c>
+      <c r="C40" s="11" t="s">
+        <v>125</v>
+      </c>
+      <c r="D40" s="12" t="s">
+        <v>126</v>
+      </c>
+      <c r="E40" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="F40" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G40" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H40" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I40" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="41" spans="1:9" ht="39.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B41" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="C41" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="D41" s="9" t="s">
+        <v>23</v>
+      </c>
+      <c r="E41" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F41" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G41" s="10"/>
+      <c r="H41" s="10"/>
+      <c r="I41" s="17"/>
+    </row>
+    <row r="42" spans="1:9" ht="39.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B42" s="9" t="s">
+        <v>123</v>
+      </c>
+      <c r="C42" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="D42" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E42" s="9" t="s">
+        <v>35</v>
+      </c>
+      <c r="F42" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G42" s="10"/>
+      <c r="H42" s="10"/>
+      <c r="I42" s="17"/>
+    </row>
+    <row r="43" spans="1:9" ht="45.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="16">
+        <v>1321</v>
+      </c>
+      <c r="B43" s="9" t="s">
+        <v>51</v>
+      </c>
+      <c r="C43" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="D43" s="12" t="s">
+        <v>172</v>
+      </c>
+      <c r="E43" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="F43" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G43" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H43" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I43" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="44" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="16">
+        <v>1331</v>
+      </c>
+      <c r="B44" s="9" t="s">
+        <v>52</v>
+      </c>
+      <c r="C44" s="9" t="s">
+        <v>92</v>
+      </c>
+      <c r="D44" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E44" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="F44" s="9" t="s">
+        <v>74</v>
+      </c>
+      <c r="G44" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H44" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I44" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="45" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="16">
+        <v>1381</v>
+      </c>
+      <c r="B45" s="9" t="s">
+        <v>53</v>
+      </c>
+      <c r="C45" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="D45" s="13" t="s">
+        <v>127</v>
+      </c>
+      <c r="E45" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="F45" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G45" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H45" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I45" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="46" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="16">
+        <v>1511</v>
+      </c>
+      <c r="B46" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="C46" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D46" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E46" s="9" t="s">
+        <v>5</v>
+      </c>
+      <c r="F46" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G46" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H46" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I46" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="47" spans="1:9" ht="40.549999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="16">
+        <v>1521</v>
+      </c>
+      <c r="B47" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="C47" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="D47" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E47" s="11" t="s">
+        <v>163</v>
+      </c>
+      <c r="F47" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G47" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H47" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I47" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="48" spans="1:9" ht="36.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B48" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="C48" s="9"/>
+      <c r="D48" s="9"/>
+      <c r="E48" s="9"/>
+      <c r="F48" s="9"/>
+      <c r="G48" s="10"/>
+      <c r="H48" s="10"/>
+      <c r="I48" s="17"/>
+    </row>
+    <row r="49" spans="1:9" ht="34.450000000000003" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="20">
+        <v>1531</v>
+      </c>
+      <c r="B49" s="11" t="s">
+        <v>56</v>
+      </c>
+      <c r="C49" s="11" t="s">
+        <v>131</v>
+      </c>
+      <c r="D49" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="E49" s="11" t="s">
+        <v>133</v>
+      </c>
+      <c r="F49" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G49" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H49" s="10">
+        <v>46027</v>
+      </c>
+      <c r="I49" s="17">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="50" spans="1:9" ht="36.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B50" s="9" t="s">
+        <v>129</v>
+      </c>
+      <c r="C50" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="D50" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E50" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="F50" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G50" s="10"/>
+      <c r="H50" s="10"/>
+      <c r="I50" s="17"/>
+    </row>
+    <row r="51" spans="1:9" ht="36.799999999999997" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B51" s="9" t="s">
+        <v>130</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>166</v>
+      </c>
+      <c r="D51" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="E51" s="9" t="s">
+        <v>12</v>
+      </c>
+      <c r="F51" s="9" t="s">
+        <v>77</v>
+      </c>
+      <c r="G51" s="10"/>
+      <c r="H51" s="10"/>
+      <c r="I51" s="17"/>
+    </row>
+    <row r="52" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="16">
+        <v>1581</v>
+      </c>
+      <c r="B52" s="9" t="s">
+        <v>57</v>
+      </c>
+      <c r="C52" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="D52" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="E52" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="F52" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G52" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H52" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I52" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="53" spans="1:9" ht="36" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="16">
+        <v>1591</v>
+      </c>
+      <c r="B53" s="13" t="s">
+        <v>58</v>
+      </c>
+      <c r="C53" s="13" t="s">
+        <v>139</v>
+      </c>
+      <c r="D53" s="12" t="s">
+        <v>134</v>
+      </c>
+      <c r="E53" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="F53" s="9"/>
+      <c r="G53" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H53" s="10">
+        <v>46027</v>
+      </c>
+      <c r="I53" s="17">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="54" spans="1:9" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B54" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="C54" s="9" t="s">
+        <v>137</v>
+      </c>
+      <c r="D54" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E54" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="F54" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G54" s="10"/>
+      <c r="H54" s="10"/>
+      <c r="I54" s="17"/>
+    </row>
+    <row r="55" spans="1:9" ht="39" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="18" t="s">
+        <v>106</v>
+      </c>
+      <c r="B55" s="9" t="s">
+        <v>136</v>
+      </c>
+      <c r="C55" s="9" t="s">
+        <v>138</v>
+      </c>
+      <c r="D55" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E55" s="9" t="s">
+        <v>7</v>
+      </c>
+      <c r="F55" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G55" s="10"/>
+      <c r="H55" s="10"/>
+      <c r="I55" s="17"/>
+    </row>
+    <row r="56" spans="1:9" ht="53.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="16">
+        <v>2111</v>
+      </c>
+      <c r="B56" s="9" t="s">
+        <v>59</v>
+      </c>
+      <c r="C56" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="D56" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E56" s="9" t="s">
+        <v>11</v>
+      </c>
+      <c r="F56" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G56" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H56" s="10">
+        <v>46041</v>
+      </c>
+      <c r="I56" s="17">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="57" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="16">
+        <v>2121</v>
+      </c>
+      <c r="B57" s="9" t="s">
+        <v>60</v>
+      </c>
+      <c r="C57" s="9" t="s">
         <v>97</v>
       </c>
-      <c r="F2" s="17" t="s">
-[...22 lines deleted...]
-      <c r="D3" s="1" t="s">
+      <c r="D57" s="15" t="s">
+        <v>102</v>
+      </c>
+      <c r="E57" s="9" t="s">
+        <v>16</v>
+      </c>
+      <c r="F57" s="9" t="s">
+        <v>19</v>
+      </c>
+      <c r="G57" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H57" s="10">
+        <v>46041</v>
+      </c>
+      <c r="I57" s="17">
+        <v>46041</v>
+      </c>
+    </row>
+    <row r="58" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="16">
+        <v>5101</v>
+      </c>
+      <c r="B58" s="9" t="s">
+        <v>61</v>
+      </c>
+      <c r="C58" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="D58" s="12" t="s">
+        <v>132</v>
+      </c>
+      <c r="E58" s="9" t="s">
+        <v>27</v>
+      </c>
+      <c r="F58" s="9" t="s">
+        <v>71</v>
+      </c>
+      <c r="G58" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H58" s="10">
+        <v>46027</v>
+      </c>
+      <c r="I58" s="17">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="59" spans="1:9" ht="45.1" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="16">
+        <v>2221</v>
+      </c>
+      <c r="B59" s="9" t="s">
+        <v>62</v>
+      </c>
+      <c r="C59" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="D59" s="9" t="s">
+        <v>4</v>
+      </c>
+      <c r="E59" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F59" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G59" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H59" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I59" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="60" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="16" t="s">
+        <v>100</v>
+      </c>
+      <c r="B60" s="9" t="s">
+        <v>63</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="D60" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="E60" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="F60" s="9" t="s">
+        <v>72</v>
+      </c>
+      <c r="G60" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H60" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I60" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="61" spans="1:9" ht="35.700000000000003" x14ac:dyDescent="0.3">
+      <c r="A61" s="16">
+        <v>2241</v>
+      </c>
+      <c r="B61" s="9" t="s">
+        <v>64</v>
+      </c>
+      <c r="C61" s="9" t="s">
+        <v>141</v>
+      </c>
+      <c r="D61" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="E61" s="9" t="s">
+        <v>14</v>
+      </c>
+      <c r="F61" s="9" t="s">
+        <v>70</v>
+      </c>
+      <c r="G61" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H61" s="10">
+        <v>45964</v>
+      </c>
+      <c r="I61" s="17">
+        <v>45964</v>
+      </c>
+    </row>
+    <row r="62" spans="1:9" ht="26.3" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="16">
+        <v>2311</v>
+      </c>
+      <c r="B62" s="9" t="s">
+        <v>65</v>
+      </c>
+      <c r="C62" s="9" t="s">
+        <v>144</v>
+      </c>
+      <c r="D62" s="14" t="s">
+        <v>140</v>
+      </c>
+      <c r="E62" s="9" t="s">
         <v>5</v>
       </c>
-      <c r="F3" s="1" t="s">
-[...127 lines deleted...]
-      <c r="C8" s="3" t="s">
+      <c r="F62" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="G62" s="10">
+        <v>45943</v>
+      </c>
+      <c r="H62" s="10">
+        <v>46027</v>
+      </c>
+      <c r="I62" s="17">
+        <v>46112</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" ht="43.55" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="21">
+        <v>2321</v>
+      </c>
+      <c r="B63" s="22" t="s">
+        <v>66</v>
+      </c>
+      <c r="C63" s="22" t="s">
+        <v>165</v>
+      </c>
+      <c r="D63" s="23" t="s">
         <v>140</v>
       </c>
-      <c r="D8" s="3" t="s">
-[...187 lines deleted...]
-      <c r="D15" s="3" t="s">
+      <c r="E63" s="22" t="s">
         <v>17</v>
       </c>
-      <c r="E15" s="3" t="s">
-[...722 lines deleted...]
-      <c r="D42" s="3" t="s">
+      <c r="F63" s="22" t="s">
         <v>18</v>
       </c>
-      <c r="F42" s="3" t="s">
-[...597 lines deleted...]
-        <v>45775</v>
+      <c r="G63" s="24">
+        <v>45943</v>
+      </c>
+      <c r="H63" s="24">
+        <v>46027</v>
+      </c>
+      <c r="I63" s="25">
+        <v>46112</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
-    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A1:I1"/>
   </mergeCells>
-  <pageMargins left="0.26" right="0.18" top="0.31" bottom="0.17" header="0.22" footer="0.17"/>
+  <pageMargins left="0.31496062992125984" right="0.15748031496062992" top="0.35433070866141736" bottom="0.19685039370078741" header="0.31496062992125984" footer="0.15748031496062992"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <tableParts count="1">
     <tablePart r:id="rId2"/>
   </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+    <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Arbeitsblätter</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpstr>Benannte Bereiche</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Lehrveranstaltungen FB 5 - SoSe</vt:lpstr>
+    <vt:vector size="2" baseType="lpstr">
+      <vt:lpstr>Lehrveranstaltungen WS2025_26_2</vt:lpstr>
+      <vt:lpstr>'Lehrveranstaltungen WS2025_26_2'!Drucktitel</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Sven Hirsch</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>