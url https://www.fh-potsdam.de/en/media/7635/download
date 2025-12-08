--- v0 (2025-11-15)
+++ v1 (2025-12-08)
@@ -1,4009 +1,5585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w14:paraId="73B83359" w14:textId="77777777" w:rsidR="00FE4DA4" w:rsidRDefault="00FE4DA4" w:rsidP="00624DDC">
+    <w:p w14:paraId="0008008B" w14:textId="335F8C0A" w:rsidR="00BD1DCA" w:rsidRPr="00664779" w:rsidRDefault="00BD1DCA" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="009F5863">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Prüfungswoche Januar </w:t>
+      </w:r>
+      <w:r w:rsidR="001C4D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:r w:rsidR="00156AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4D8F">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5863">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>(2</w:t>
+      </w:r>
+      <w:r w:rsidR="006A54B9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5863">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.01.</w:t>
+      </w:r>
+      <w:r w:rsidR="00156AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5863">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00E1222B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="006A54B9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>0</w:t>
+      </w:r>
+      <w:r w:rsidR="00286D42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.01.</w:t>
+      </w:r>
+      <w:r w:rsidR="00156AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5863">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5863">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009E7DCA" w:rsidRPr="00664779">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00F5599C">
+        <w:t xml:space="preserve">Achtung – beachten Sie </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4FB8" w:rsidRPr="00664779">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Prüfungswoche nach der Veranstaltungszeit im Sommersemester 20</w:t>
+        <w:t>aktuelle Hinweise!</w:t>
       </w:r>
-      <w:r w:rsidR="00CF47AD" w:rsidRPr="00F5599C">
+      <w:r w:rsidR="00734DAF">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidR="00734DAF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk133936906"/>
+      <w:r w:rsidR="00734DAF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00734DAF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00734DAF">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00734DAF" w:rsidRPr="00734DAF">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Stand </w:t>
+      </w:r>
+      <w:r w:rsidR="00156AB3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D354C6">
+      <w:r w:rsidR="004B2434">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
-          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80540">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00156AB3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00E80540">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00156AB3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00156AB3">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="006033CB" w:rsidRPr="00F5599C">
-[...4 lines deleted...]
-        <w:tab/>
+    </w:p>
+    <w:p w14:paraId="4EDC2FEF" w14:textId="00B71683" w:rsidR="00BD1DCA" w:rsidRDefault="00A31692" w:rsidP="00BD1DCA">
+      <w:bookmarkStart w:id="2" w:name="_Hlk84348697"/>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006033CB" w:rsidRPr="00F5599C">
-[...85 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="14596" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
-        <w:gridCol w:w="1843"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2268"/>
+        <w:gridCol w:w="1985"/>
+        <w:gridCol w:w="2835"/>
+        <w:gridCol w:w="2976"/>
+        <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1842"/>
+        <w:gridCol w:w="1560"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001E0FAB" w:rsidRPr="00F5599C" w14:paraId="09D2F4EB" w14:textId="698DD81B" w:rsidTr="006B1254">
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="651C8F6B" w14:textId="77777777" w:rsidTr="00203BE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="29E4B773" w14:textId="77777777" w:rsidR="001E0FAB" w:rsidRPr="00F5599C" w:rsidRDefault="001E0FAB" w:rsidP="00F472FB">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w14:paraId="1984909A" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Studiengang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="465E812E" w14:textId="77777777" w:rsidR="001E0FAB" w:rsidRPr="00F5599C" w:rsidRDefault="001E0FAB" w:rsidP="00F472FB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="0DAC3552" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modul</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="328EA9B6" w14:textId="77777777" w:rsidR="001E0FAB" w:rsidRPr="00F5599C" w:rsidRDefault="001E0FAB" w:rsidP="00F472FB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="2286484F" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7F77B2EE" w14:textId="50556165" w:rsidR="001E0FAB" w:rsidRPr="00F5599C" w:rsidRDefault="001E0FAB" w:rsidP="00F472FB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="1490B70C" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dozent*in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="26118974" w14:textId="48E11F39" w:rsidR="001E0FAB" w:rsidRPr="00F5599C" w:rsidRDefault="001E0FAB" w:rsidP="00F472FB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="0ECB119E" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>Tag/Ort</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dauer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="01A87DDF" w14:textId="49A4EFDD" w:rsidR="001E0FAB" w:rsidRPr="00F5599C" w:rsidRDefault="001E0FAB" w:rsidP="00F472FB">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="1F6F8E1A" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tag/Uhrzeit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15AB3BA9" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00E80540">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Raum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF2284" w:rsidRPr="00F5599C" w14:paraId="68F2A704" w14:textId="77777777" w:rsidTr="00336415">
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="4ECF4DDB" w14:textId="77777777" w:rsidTr="00203BE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="07496BB4" w14:textId="0E9DE5CD" w:rsidR="00796DB3" w:rsidRPr="00F5599C" w:rsidRDefault="00796DB3" w:rsidP="00336415">
-[...66 lines deleted...]
-              <w:t>. Semester</w:t>
+          <w:p w14:paraId="07F79414" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3FF88487" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BASA Präsenz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C0110E6" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1. Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="213E033A" w14:textId="48692CCC" w:rsidR="00796DB3" w:rsidRPr="00F5599C" w:rsidRDefault="00796DB3" w:rsidP="00336415">
-[...71 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="0FF229F0" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="583FA29E" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1C4E7DB6" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Erstprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1400AF4C" w14:textId="6CBE47C8" w:rsidR="00DF2284" w:rsidRPr="00F5599C" w:rsidRDefault="00DF2284" w:rsidP="00336415">
-[...39 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0A3981B1" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5B311D38" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Soziologe/Psychologie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="063AD6D9" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3F727A82" w14:textId="034FA395" w:rsidR="00DF2284" w:rsidRPr="00F5599C" w:rsidRDefault="00DF2284" w:rsidP="0006014E">
-[...16 lines deleted...]
-              <w:t>Stefan  Thomas</w:t>
+          <w:p w14:paraId="2D9616ED" w14:textId="27103F99" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Karsten Krauskopf;</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="71FA51E5" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Andreas Klose</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25D2B142" w14:textId="62D55E47" w:rsidR="00DF2284" w:rsidRPr="00F5599C" w:rsidRDefault="00DF2284" w:rsidP="00336415">
-[...75 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2B24A931" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>180 Minuten</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="387B7EF7" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>alt 150 Minuten</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4A98F4C3" w14:textId="3964F553" w:rsidR="00DF2284" w:rsidRPr="00F5599C" w:rsidRDefault="00F5599C" w:rsidP="00336415">
-[...10 lines deleted...]
-              <w:t>HG 108</w:t>
+          <w:p w14:paraId="74C28C1D" w14:textId="3F49A56E" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ntag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0064226C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E1222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00197710">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidR="00286D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.01.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="66863230" w14:textId="01A1CF40" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7415E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
-      </w:tr>
-      <w:tr w:rsidR="00B07449" w:rsidRPr="00F5599C" w14:paraId="7A37DD8C" w14:textId="77777777" w:rsidTr="006C09C3">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7334A75C" w14:textId="584E95D6" w:rsidR="00B07449" w:rsidRPr="00F5599C" w:rsidRDefault="00B07449" w:rsidP="00B07449">
-[...193 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="45404CCE" w14:textId="778760F0" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="0089403F" w:rsidP="00E80540">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
-[...80 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
-            </w:r>
-[...69 lines deleted...]
-              <w:t>HG 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD7110" w:rsidRPr="00F5599C" w14:paraId="74A7C0A6" w14:textId="77777777" w:rsidTr="00747F3C">
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="5CAD59CC" w14:textId="77777777" w:rsidTr="00203BE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69E99E78" w14:textId="77777777" w:rsidR="00BD7110" w:rsidRPr="00F5599C" w:rsidRDefault="00BD7110" w:rsidP="00747F3C">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="01EAAE4B" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BASA Präsenz</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42716219" w14:textId="77777777" w:rsidR="00BD7110" w:rsidRPr="00F5599C" w:rsidRDefault="00BD7110" w:rsidP="00747F3C">
-[...10 lines deleted...]
-              <w:t>2. Semester</w:t>
+          <w:p w14:paraId="232D1DA8" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5. Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12CD2044" w14:textId="77777777" w:rsidR="00BD7110" w:rsidRPr="00F5599C" w:rsidRDefault="00BD7110" w:rsidP="00747F3C">
-[...23 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="14D78888" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 53</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2B9D935D" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="572B14F9" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Erstprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F20C565" w14:textId="77777777" w:rsidR="00BD7110" w:rsidRPr="00F5599C" w:rsidRDefault="00BD7110" w:rsidP="00747F3C">
-[...32 lines deleted...]
-              <w:t>Klausur: 90 Minuten</w:t>
+          <w:p w14:paraId="2AD08B85" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Organisation Sozialer Arbeit/Sozialmanagement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="13AD35A9" w14:textId="77777777" w:rsidR="00BD7110" w:rsidRPr="00F5599C" w:rsidRDefault="00BD7110" w:rsidP="00747F3C">
-[...10 lines deleted...]
-              <w:t>Prof. Dr. Judith Ackermann</w:t>
+          <w:p w14:paraId="1D8538D9" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Matthias Schreckenbach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76F044B8" w14:textId="6880BC4A" w:rsidR="00BD7110" w:rsidRPr="00F5599C" w:rsidRDefault="00BD7110" w:rsidP="00747F3C">
-[...63 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="1AE293E8" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60 Minuten</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0150F22B" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24693F22" w14:textId="591B5BC5" w:rsidR="00BD7110" w:rsidRPr="00F5599C" w:rsidRDefault="00C53DA0" w:rsidP="00747F3C">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="196708A8" w14:textId="7BEC62EF" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Di</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>enstag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E1222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00197710">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00286D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.01.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="20C3CEE1" w14:textId="4E05A044" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="00A7415E" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10:00</w:t>
+            </w:r>
+            <w:r w:rsidR="003B635A" w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Uhr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12E45569" w14:textId="1F9EC868" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00E80540">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008F12B1" w:rsidRPr="00F5599C" w14:paraId="6E307BCD" w14:textId="77777777" w:rsidTr="00336415">
+      <w:tr w:rsidR="00E046B3" w:rsidRPr="00363A7F" w14:paraId="71576C39" w14:textId="77777777" w:rsidTr="001A1AA2">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A97A97A" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BASA Präsenz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="074D9F5D" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3. Semester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="47E777CB" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Recht und Politik 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="15EB8BC1" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="085D18E6" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7690E25A" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erstprüfung</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F489CBE" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sozialverwaltungsrecht und Rechtliche Grundlagen der Berufspraxis </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4BF8CE" w14:textId="6FCE5B38" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="00EE69A8">
+            <w:pPr>
+              <w:pStyle w:val="HTMLVorformatiert"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Prof. Dr.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE69A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Arne von Boetticher</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0F94B7CD" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:pStyle w:val="HTMLVorformatiert"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="575BF974" w14:textId="36D969FF" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00014E75" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90 Minuten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E7DCA01" w14:textId="262526EF" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00A7415E" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mittwoch </w:t>
+            </w:r>
+            <w:r w:rsidR="00286D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00197710">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00286D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.01.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3ABB73A9" w14:textId="0AD9C453" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7415E">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE379C">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.00 Uhr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4450F86E" w14:textId="297B02F1" w:rsidR="00E046B3" w:rsidRDefault="00E046B3" w:rsidP="00E80540">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="5C49F303" w14:textId="77777777" w:rsidTr="00203BE4">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0566DE4E" w14:textId="01B88263" w:rsidR="008F12B1" w:rsidRPr="00F5599C" w:rsidRDefault="008F12B1" w:rsidP="00336415">
-[...17 lines deleted...]
-              <w:t>2. Semester</w:t>
+          <w:p w14:paraId="687C918C" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BASA Präsenz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DE8975B" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2A2E13D2" w14:textId="6F8A2345" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00EC52DC">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3. Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0762054C" w14:textId="4C142F9C" w:rsidR="008F12B1" w:rsidRPr="00F5599C" w:rsidRDefault="008F03DB" w:rsidP="008F12B1">
-[...29 lines deleted...]
-                <w:color w:val="FF0000"/>
+          <w:p w14:paraId="44BB26B2" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 32</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AC85879" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69550F5D" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Erstprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6452D780" w14:textId="388C620B" w:rsidR="008F12B1" w:rsidRPr="00F5599C" w:rsidRDefault="008F12B1" w:rsidP="00336415">
-[...24 lines deleted...]
-              <w:t>. Arbeitsfelder</w:t>
+          <w:p w14:paraId="7F3B44DD" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fachwissenschaft Soziale Arbeit II</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FCDC993" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Theorien Sozialer Arbeit)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="5922261C" w14:textId="797D6218" w:rsidR="008F12B1" w:rsidRPr="00F5599C" w:rsidRDefault="008F12B1" w:rsidP="00336415">
-[...10 lines deleted...]
-              <w:t>Prof. Dr. Claus Richter</w:t>
+          <w:p w14:paraId="34BAC679" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Frank Früchtel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0E1CED7F" w14:textId="15BFF052" w:rsidR="008F12B1" w:rsidRPr="00F5599C" w:rsidRDefault="00D354C6" w:rsidP="00336415">
-[...41 lines deleted...]
-              <w:t xml:space="preserve"> – 11.30 Uhr</w:t>
+          <w:p w14:paraId="7C5CE107" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90 Minuten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="06CFD524" w14:textId="695B2420" w:rsidR="008F12B1" w:rsidRPr="00F5599C" w:rsidRDefault="00F5599C" w:rsidP="00336415">
-[...10 lines deleted...]
-              <w:t>HG 108</w:t>
+          <w:p w14:paraId="1231B7EA" w14:textId="77777777" w:rsidR="003B635A" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Donnerstag</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="186954EA" w14:textId="4689BDED" w:rsidR="003B635A" w:rsidRDefault="00197710" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29</w:t>
+            </w:r>
+            <w:r w:rsidR="00286D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.01.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1BEB64BC" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.00 Uhr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30843DF7" w14:textId="44782ED7" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="00E21047" w:rsidP="00E80540">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Online-Prüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002C0804" w:rsidRPr="00F5599C" w14:paraId="5BD5E71B" w14:textId="77777777" w:rsidTr="00B01A08">
+      <w:tr w:rsidR="00844022" w:rsidRPr="00363A7F" w14:paraId="24C8398D" w14:textId="77777777" w:rsidTr="00961CAD">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="19A0C639" w14:textId="77777777" w:rsidR="002C0804" w:rsidRPr="00F5599C" w:rsidRDefault="002C0804" w:rsidP="00B01A08">
-[...33 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3569905C" w14:textId="77777777" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00844022">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BABEK</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C6F61EC" w14:textId="2DD3F908" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00844022">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1. Semester</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="4D26FFD5" w14:textId="77777777" w:rsidR="002C0804" w:rsidRPr="00F5599C" w:rsidRDefault="002C0804" w:rsidP="00B01A08">
-[...34 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3805790E" w14:textId="77777777" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00844022">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul M06</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4501DD0F" w14:textId="77777777" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00844022">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M05</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="480C648A" w14:textId="738A7385" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00844022">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erstprüfung</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="45425730" w14:textId="77777777" w:rsidR="002C0804" w:rsidRPr="00F5599C" w:rsidRDefault="002C0804" w:rsidP="00B01A08">
-[...47 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1E79D8C1" w14:textId="217EA4D0" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00844022">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:bookmarkStart w:id="3" w:name="_Hlk201841513"/>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>Entwicklungspsychologie und psychoanalytische Konzepte</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="3"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2ACE88E8" w14:textId="77777777" w:rsidR="002C0804" w:rsidRPr="00F5599C" w:rsidRDefault="002C0804" w:rsidP="00B01A08">
-[...38 lines deleted...]
-              <w:t>Prof. Dr. Armin Schachameier</w:t>
+          <w:p w14:paraId="437D16B1" w14:textId="44F6FD63" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00961CAD" w:rsidP="00844022">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00961CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Dr. Susanne Hommel, PhD.</w:t>
+            </w:r>
+            <w:r w:rsidR="00092FC5">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="19475211" w14:textId="7ED0F32B" w:rsidR="002C0804" w:rsidRPr="00F5599C" w:rsidRDefault="00BD7110" w:rsidP="00B01A08">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="30DC4F15" w14:textId="7D9628B8" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00844022">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
-[...48 lines deleted...]
-            </w:pPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90 Minuten</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9AC88B" w14:textId="77777777" w:rsidR="00961CAD" w:rsidRPr="00961CAD" w:rsidRDefault="00961CAD" w:rsidP="00961CAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00961CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Donnerstag</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C0C3059" w14:textId="77777777" w:rsidR="00961CAD" w:rsidRPr="00961CAD" w:rsidRDefault="00961CAD" w:rsidP="00961CAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00961CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>29.01.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED296BF" w14:textId="1258DCD5" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00961CAD" w:rsidP="00961CAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00961CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00961CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.00 Uh</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>r</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FEDE71E" w14:textId="6F2CA420" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00E80540">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="45EB7D11" w14:textId="77777777" w:rsidTr="00203BE4">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1838" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="48400A3F" w14:textId="77777777" w:rsidR="002C0804" w:rsidRPr="00F5599C" w:rsidRDefault="002C0804" w:rsidP="00B01A08">
-[...11 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="1BFCA278" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45F18A0B" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BASA Präsenz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E49A787" w14:textId="4E1C1175" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="0073536C" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="003B635A" w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Semester</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4AACD696" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1985" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="63B10B96" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1A166431" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00AC3FD3" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC3FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Pnr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC3FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 3041</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="680E7873" w14:textId="77777777" w:rsidR="003B635A" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC3FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Pnr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC3FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2030</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0E2FCD04" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="5AD8C1E2" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4892D41E" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Erstprüfung</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43E054A5" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Empirische Sozialforschung in der Sozialen Arbeit</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2976" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C33A14" w14:textId="214209AB" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00EE69A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Stefan Thomas</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5997DD64" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90 Minuten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1842" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32153426" w14:textId="0CDF3E3C" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>eitag</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB289D">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidR="00E1222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00197710">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.01.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="727E6214" w14:textId="77777777" w:rsidR="003B635A" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.00 Uhr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="75859605" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="009944A8" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20D9284B" w14:textId="1EA151E5" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00E80540">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6FF8B918" w14:textId="77777777" w:rsidR="00624DDC" w:rsidRPr="00F5599C" w:rsidRDefault="00977B61" w:rsidP="00624DDC">
+    <w:p w14:paraId="6F49FDDD" w14:textId="77777777" w:rsidR="00216C40" w:rsidRDefault="00216C40" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00F5599C">
+    </w:p>
+    <w:p w14:paraId="20435790" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
+      <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office"/>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:br w:type="page"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0331C653" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2A257A61" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AFA6B8B" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C425CD9" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17C85093" w14:textId="5A421612" w:rsidR="0098206F" w:rsidRDefault="0098206F" w:rsidP="00BD1DCA">
+      <w:pPr>
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F5863">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Prüfungswoche März </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="00156AB3">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-      <w:pPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidR="001C4D8F">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D354C6">
+      <w:r w:rsidRPr="009F5863">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>2025</w:t>
+        <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00736F04" w:rsidRPr="00F5599C">
+      <w:r w:rsidR="00E1222B">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>/202</w:t>
+        <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D354C6">
+      <w:r w:rsidR="006A54B9">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="000E4B9E" w:rsidRPr="00F5599C">
+      <w:r w:rsidRPr="009F5863">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.03.</w:t>
+      </w:r>
+      <w:r w:rsidR="00156AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5863">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00286D42">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="006A54B9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5863">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>.03.</w:t>
+      </w:r>
+      <w:r w:rsidR="00156AB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F5863">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00CD743D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000E4B9E" w:rsidRPr="00F5599C">
+      <w:r w:rsidR="000A1641">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000E4B9E" w:rsidRPr="00F5599C">
+      <w:r w:rsidR="00CD743D" w:rsidRPr="00664779">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t>Achtung – beachten Sie aktuelle Hinweise!</w:t>
+      </w:r>
+      <w:r w:rsidR="000A1641">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000A1641">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000E4B9E" w:rsidRPr="00F5599C">
+      <w:r w:rsidR="000A1641">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>Achtung – bitte aktuelle Hinweise beachten!</w:t>
+        <w:tab/>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...1 lines deleted...]
-      <w:pPr>
+      <w:r w:rsidR="000A1641">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
-        </w:rPr>
-[...11 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00CF47AD" w:rsidRPr="00F5599C">
+      <w:r w:rsidR="000A1641">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:tab/>
       </w:r>
-      <w:r w:rsidR="00D354C6">
+      <w:r w:rsidR="000A1641" w:rsidRPr="00734DAF">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
-          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2</w:t>
+        <w:t xml:space="preserve">Stand </w:t>
       </w:r>
-      <w:r w:rsidR="00CF47AD" w:rsidRPr="00F5599C">
+      <w:r w:rsidR="00961CAD">
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
-          <w:b/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.09.-</w:t>
-[...27 lines deleted...]
-        <w:t>2025</w:t>
+        <w:t>26.06.2025</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DE6E832" w14:textId="77777777" w:rsidR="00FE4DA4" w:rsidRPr="00F5599C" w:rsidRDefault="00FE4DA4" w:rsidP="00977B61">
+    <w:p w14:paraId="4D8362F1" w14:textId="77777777" w:rsidR="00E80540" w:rsidRPr="00664779" w:rsidRDefault="00E80540" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
-          <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1890"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1902"/>
+        <w:gridCol w:w="1735"/>
+        <w:gridCol w:w="2258"/>
+        <w:gridCol w:w="2765"/>
+        <w:gridCol w:w="2531"/>
+        <w:gridCol w:w="1860"/>
+        <w:gridCol w:w="1778"/>
+        <w:gridCol w:w="1350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AE3951" w:rsidRPr="00F5599C" w14:paraId="712070FC" w14:textId="4B23C550" w:rsidTr="00A36EB1">
+      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="0E9295B9" w14:textId="77777777" w:rsidTr="003B1F3C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="1735" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4712E900" w14:textId="71599CEB" w:rsidR="00AE3951" w:rsidRPr="00F5599C" w:rsidRDefault="00AE3951" w:rsidP="00905952">
-[...8 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="15A9AE47" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Studiengang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B816E48" w14:textId="77777777" w:rsidR="00AE3951" w:rsidRPr="00F5599C" w:rsidRDefault="00AE3951" w:rsidP="00905952">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="298FA566" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modul</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6F708C5B" w14:textId="77777777" w:rsidR="00AE3951" w:rsidRPr="00F5599C" w:rsidRDefault="00AE3951" w:rsidP="00905952">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="06C8F819" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2981" w:type="dxa"/>
+            <w:tcW w:w="2531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="04EB8696" w14:textId="6BF26596" w:rsidR="00AE3951" w:rsidRPr="00F5599C" w:rsidRDefault="00AE3951" w:rsidP="00905952">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="66E299D7" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dozent*in</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="1860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4BC574D8" w14:textId="29DC5667" w:rsidR="00AE3951" w:rsidRPr="00F5599C" w:rsidRDefault="00AE3951" w:rsidP="00905952">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="1E34C73E" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-              <w:t>Tag/Ort</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dauer</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="36557829" w14:textId="77777777" w:rsidR="00AE3951" w:rsidRPr="00F5599C" w:rsidRDefault="00AE3951" w:rsidP="00905952">
-[...3 lines deleted...]
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
+          <w:p w14:paraId="69CC4BD8" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
-              </w:rPr>
-[...88 lines deleted...]
-              <w:t xml:space="preserve"> Semester</w:t>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tag/Zeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4CEFA695" w14:textId="77777777" w:rsidR="00796DB3" w:rsidRPr="00F5599C" w:rsidRDefault="00796DB3" w:rsidP="00796DB3">
-[...83 lines deleted...]
-              <w:t>üfung</w:t>
+          <w:p w14:paraId="5D8691C2" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Raum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="4634154D" w14:textId="77777777" w:rsidTr="003B1F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2886904F" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4D5ADFB8" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BASA Präsenz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32457873" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1. Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3233" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1CE6E231" w14:textId="77777777" w:rsidR="00AD1581" w:rsidRPr="00F5599C" w:rsidRDefault="00AD1581" w:rsidP="00AD1581">
-[...41 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2E2AAF1E" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="368CD57C" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 4</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53E6C9BE" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57D653BE" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wiederholungsprüfung</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2981" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F090999" w14:textId="699739E1" w:rsidR="00AE3951" w:rsidRPr="00F5599C" w:rsidRDefault="006C09C3" w:rsidP="0006014E">
-[...17 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="54577212" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39BFF268" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Soziologe/Psychologie</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13C35FC4" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A7E9C6C" w14:textId="6CB7871E" w:rsidR="00AE3951" w:rsidRPr="00F5599C" w:rsidRDefault="00AD1581" w:rsidP="00905952">
-[...93 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3780E455" w14:textId="1824FD27" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00EE69A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Karsten Krauskopf; Andreas Klose</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1902" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43F99FEA" w14:textId="04DE9535" w:rsidR="00F5599C" w:rsidRPr="00F5599C" w:rsidRDefault="00C53DA0" w:rsidP="00905952">
-[...66 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="66C46EC3" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>180 Minuten</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18DA1F89" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>alt 150 Minuten</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CDD882F" w14:textId="7D6E670D" w:rsidR="00AD1581" w:rsidRPr="00F5599C" w:rsidRDefault="00AD1581" w:rsidP="00AD1581">
-[...33 lines deleted...]
-              <w:t>Wiederholungs-prüfung</w:t>
+          <w:p w14:paraId="02F88571" w14:textId="3258B3FF" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mo</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ntag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E1222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00463FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1323FC25" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00BA51B8" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00BA51B8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.00 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="27E3053D" w14:textId="77777777" w:rsidR="00AD1581" w:rsidRPr="00F5599C" w:rsidRDefault="00AD1581" w:rsidP="00AD1581">
-[...33 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="668CE4D8" w14:textId="2DCF71D2" w:rsidR="00216C40" w:rsidRPr="00AE0942" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C54AB" w:rsidRPr="00363A7F" w14:paraId="6660CDA5" w14:textId="77777777" w:rsidTr="00C0611E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="445F41A2" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1565C7F5" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BASA Präsenz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7CB4CF40" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>. Semester</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3F7FD4DE" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2981" w:type="dxa"/>
+            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4544FBAA" w14:textId="40909F8A" w:rsidR="00AD1581" w:rsidRPr="00F5599C" w:rsidRDefault="00BD7110" w:rsidP="00DF2284">
-[...5 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="261623FD" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 31</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A6F647F" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00AC3FD3" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="FHP Sun Office" w:hAnsi="FHP Sun Office" w:cs="Arial"/>
-[...26 lines deleted...]
-              <w:t>Prof. Dr. Claus Richter</w:t>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Pnr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC3FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3041</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5E6F2FD5" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00AC3FD3" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="00AC3FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Pnr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="00AC3FD3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 2030</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A8AD418" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 5</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6AF79520" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3720E8DB" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wiederholungsprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="026460CF" w14:textId="1D743456" w:rsidR="00FE4DA4" w:rsidRPr="00F5599C" w:rsidRDefault="00AD1581" w:rsidP="00FE4DA4">
-[...81 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="0491F9B2" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6F24D6DC" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Empirische Sozialforschung in der Sozialen Arbeit</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="08E26B50" w14:textId="5168C3C3" w:rsidR="00F5599C" w:rsidRPr="00F5599C" w:rsidRDefault="00C53DA0" w:rsidP="00AD1581">
-[...45 lines deleted...]
-              <w:t>2. Semester</w:t>
+          <w:p w14:paraId="7353B4C6" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Stefan Thomas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
+            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0ACDFAF6" w14:textId="77777777" w:rsidR="00AD1581" w:rsidRPr="00F5599C" w:rsidRDefault="00AD1581" w:rsidP="00AD1581">
-[...25 lines deleted...]
-              <w:t>Wiederholungs-prüfung</w:t>
+          <w:p w14:paraId="6D4AFDB2" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>90 Minuten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3233" w:type="dxa"/>
+            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="226E2071" w14:textId="77777777" w:rsidR="00AD1581" w:rsidRPr="00F5599C" w:rsidRDefault="00AD1581" w:rsidP="00AD1581">
-[...32 lines deleted...]
-              <w:t>Klausur: 90 Minuten</w:t>
+          <w:p w14:paraId="70F399E9" w14:textId="213C3BFA" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dienstag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E1222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00463FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C647069" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.00 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2981" w:type="dxa"/>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="515CF7E7" w14:textId="12FE4E75" w:rsidR="00AD1581" w:rsidRPr="00F5599C" w:rsidRDefault="00E76512" w:rsidP="00AD1581">
-[...10 lines deleted...]
-              <w:t>Prof. Dr. Judith Ackermann</w:t>
+          <w:p w14:paraId="44395438" w14:textId="0A4E3E8A" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00503175" w:rsidRPr="00363A7F" w14:paraId="53DACB42" w14:textId="77777777" w:rsidTr="00961CAD">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+          </w:tcPr>
+          <w:p w14:paraId="0715A62B" w14:textId="77777777" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BABEK</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="649470C6" w14:textId="77777777" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1. Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="52D9D046" w14:textId="766CD59B" w:rsidR="00AD1581" w:rsidRPr="00F5599C" w:rsidRDefault="00AD1581" w:rsidP="00AD1581">
-[...75 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="2DB73BC4" w14:textId="77777777" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul M06</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="697C8DE4" w14:textId="77777777" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M05</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A5C4CCD" w14:textId="77777777" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="71FB40AB" w14:textId="77777777" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wiederholungsprüfung</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1902" w:type="dxa"/>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="57D206F6" w14:textId="7B7865AB" w:rsidR="00F5599C" w:rsidRPr="00F5599C" w:rsidRDefault="00C53DA0" w:rsidP="00AD1581">
-[...60 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4EECC50D" w14:textId="75555372" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Entwicklungspsychologie und psychoanalytische </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>Konzepte</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="7757250D" w14:textId="77777777" w:rsidR="00C93298" w:rsidRPr="00F5599C" w:rsidRDefault="00C93298" w:rsidP="00C93298">
-[...33 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="6C5050F9" w14:textId="2EAC7353" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00961CAD" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00961CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Dr. Susanne Hommel, PhD.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3233" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="72866D0A" w14:textId="77777777" w:rsidR="00C93298" w:rsidRPr="00F5599C" w:rsidRDefault="00C93298" w:rsidP="00C93298">
-[...38 lines deleted...]
-              <w:t>Klausur 180 Minuten</w:t>
+          <w:p w14:paraId="1A504FF1" w14:textId="77777777" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="de-DE"/>
+              </w:rPr>
+              <w:t>90 Minuten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2981" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="6B847A09" w14:textId="77777777" w:rsidR="00C93298" w:rsidRPr="00F5599C" w:rsidRDefault="00C93298" w:rsidP="00C93298">
-[...38 lines deleted...]
-              <w:t>Prof. Dr. Armin Schachameier</w:t>
+          <w:p w14:paraId="50FF2B35" w14:textId="07F0160A" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00503175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Di</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>enstag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                   </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00463FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+              <w:t>14:00 Uhr</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00286D42">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="2BD9EAD4" w14:textId="18F5929E" w:rsidR="00C93298" w:rsidRPr="00F5599C" w:rsidRDefault="00C93298" w:rsidP="00C93298">
-[...75 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="60951F33" w14:textId="76C1DEEA" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00503175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="7E25CA42" w14:textId="77777777" w:rsidTr="003B1F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB473C1" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24C95F3F" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BASA Präsenz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5C57CD33" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3. Semester</w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1902" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2258" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="39ADBA4D" w14:textId="627574D9" w:rsidR="00F5599C" w:rsidRPr="00F5599C" w:rsidRDefault="00C53DA0" w:rsidP="00AD1581">
-[...44 lines deleted...]
-              <w:t>2. Semester</w:t>
+          <w:p w14:paraId="2F680B26" w14:textId="77777777" w:rsidR="00216C40" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Recht und Politik 2</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="458080AE" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 35</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6DD55ED0" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 10</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DA335F8" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wiederholungsprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2097" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2765" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1740C912" w14:textId="77777777" w:rsidR="00C93298" w:rsidRPr="00F5599C" w:rsidRDefault="00C93298" w:rsidP="00C93298">
-[...26 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="695A2DDA" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Sozialverwaltungsrecht und Rechtliche Grundlagen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>der Berufspraxis</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="439DFE54" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3233" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="2531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7504FA62" w14:textId="5E19F0EE" w:rsidR="00C93298" w:rsidRPr="00F5599C" w:rsidRDefault="00C93298" w:rsidP="00AD1581">
-[...33 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="77F7CDD0" w14:textId="674AA008" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00EE69A8">
+            <w:pPr>
+              <w:pStyle w:val="HTMLVorformatiert"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Prof. Dr.</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE69A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+              </w:rPr>
+              <w:t>Arne von Boetticher</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="789FA12A" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2981" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1860" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5B067271" w14:textId="1A9879C5" w:rsidR="00C93298" w:rsidRPr="00F5599C" w:rsidRDefault="00C93298" w:rsidP="00AD1581">
-[...10 lines deleted...]
-              <w:t>Prof. Dr. Claus Richter</w:t>
+          <w:p w14:paraId="1EF6CB29" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90 Minuten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1778" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0ABE2514" w14:textId="313085B2" w:rsidR="00FE4DA4" w:rsidRPr="00F5599C" w:rsidRDefault="00C93298" w:rsidP="00FE4DA4">
-[...61 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="7CDCA3F4" w14:textId="6E2F2C00" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Mi</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>ttwoch</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E1222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00463FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="378AD375" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.00 Uhr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1902" w:type="dxa"/>
-[...5 lines deleted...]
-            </w:tcBorders>
+            <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2C1A81C6" w14:textId="4815AAC9" w:rsidR="00F5599C" w:rsidRPr="00F5599C" w:rsidRDefault="00C53DA0" w:rsidP="00AD1581">
-[...10 lines deleted...]
-              <w:t>HG 108</w:t>
+          <w:p w14:paraId="63DF073E" w14:textId="0691AC59" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006C54AB" w:rsidRPr="00363A7F" w14:paraId="6C2601C3" w14:textId="77777777" w:rsidTr="00C0611E">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="46336127" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3C22E5B7" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BASA Präsenz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="21D38170" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3. Semester</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4A196500" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B449D7F" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 32</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="225AEB94" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="150C4976" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="136AEC4B" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wiederholungsprüfung</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F7A41C" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fachwissenschaft Soziale Arbeit II</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="425F75C0" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>(Theorien Sozialer Arbeit)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="63352DB3" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prof. Dr. Frank Früchtel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A271BE6" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>90 Minuten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1966014D" w14:textId="04B846A5" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Donnerstag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E1222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00463FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D23E48E" w14:textId="3E2653E4" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="006C54AB">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">10.00 Uhr </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3503C193" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Online-Prüfung</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="36A8CDE7" w14:textId="77777777" w:rsidTr="003B1F3C">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1735" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="209D4416" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4C49BFD5" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>BASA Präsenz</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44511EED" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5. Semester</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2258" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="771C4E0D" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Modul 53</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="13EB2E67" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Alt M 15</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="405FEBA0" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3ADF3A88" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Wiederholungsprüfung</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2765" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D55258" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Organisation Sozialer Arbeit/Sozialmanagement</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2531" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="32C4B2C4" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Matthias Schreckenbach</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1860" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0AD6E7" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>60 Minuten</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1778" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE3439F" w14:textId="00C78378" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Fr</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>eitag</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E1222B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00463FF3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.03.</w:t>
+            </w:r>
+            <w:r w:rsidR="00156AB3">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="32A5ED39" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00363A7F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10.00 Uhr</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+          </w:tcPr>
+          <w:p w14:paraId="615FA9F3" w14:textId="77777777" w:rsidR="00E80540" w:rsidRDefault="00E80540" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="228A81F8" w14:textId="635C2761" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00E80540" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5/101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35A88A2A" w14:textId="1DC93C76" w:rsidR="00941EEA" w:rsidRDefault="00941EEA" w:rsidP="00977B61"/>
-[...6 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+    <w:p w14:paraId="69B0E8C3" w14:textId="42DE6FA9" w:rsidR="009F5863" w:rsidRDefault="009F5863" w:rsidP="00BD1DCA"/>
+    <w:sectPr w:rsidR="009F5863" w:rsidSect="00CE1AEE">
+      <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
-      <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="709" w:footer="709" w:gutter="0"/>
+      <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="27655D0D" w14:textId="77777777" w:rsidR="003E51C6" w:rsidRDefault="003E51C6">
+    <w:p w14:paraId="14272505" w14:textId="77777777" w:rsidR="00B63077" w:rsidRDefault="00B63077" w:rsidP="00C710D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="43D982BC" w14:textId="77777777" w:rsidR="003E51C6" w:rsidRDefault="003E51C6">
+    <w:p w14:paraId="4627943B" w14:textId="77777777" w:rsidR="00B63077" w:rsidRDefault="00B63077" w:rsidP="00C710D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Wingdings">
+    <w:panose1 w:val="05000000000000000000"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Wingdings">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="PMingLiU">
+    <w:altName w:val="新細明體"/>
+    <w:panose1 w:val="02010601000101010101"/>
+    <w:charset w:val="88"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="FHP Sun Office">
-[...1 lines deleted...]
-    <w:charset w:val="4D"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00000EF" w:usb1="5200607B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000093" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-    <w:panose1 w:val="02040503050406030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...20 lines deleted...]
-  <w:p w14:paraId="09A1A897" w14:textId="77777777" w:rsidR="00256406" w:rsidRDefault="00256406">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:sdt>
+    <w:sdtPr>
+      <w:id w:val="2087731362"/>
+      <w:docPartObj>
+        <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
+        <w:docPartUnique/>
+      </w:docPartObj>
+    </w:sdtPr>
+    <w:sdtEndPr/>
+    <w:sdtContent>
+      <w:p w14:paraId="600C2548" w14:textId="75A36228" w:rsidR="00F97B8F" w:rsidRDefault="00F97B8F">
+        <w:pPr>
+          <w:pStyle w:val="Fuzeile"/>
+          <w:jc w:val="right"/>
+        </w:pPr>
+        <w:r>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r w:rsidR="00BD2BE4">
+          <w:rPr>
+            <w:noProof/>
+          </w:rPr>
+          <w:t>1</w:t>
+        </w:r>
+        <w:r>
+          <w:fldChar w:fldCharType="end"/>
+        </w:r>
+      </w:p>
+    </w:sdtContent>
+  </w:sdt>
+  <w:p w14:paraId="31B9BAD8" w14:textId="77777777" w:rsidR="00F97B8F" w:rsidRDefault="00F97B8F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="714F6C23" w14:textId="77777777" w:rsidR="003E51C6" w:rsidRDefault="003E51C6">
+    <w:p w14:paraId="7C083F26" w14:textId="77777777" w:rsidR="00B63077" w:rsidRDefault="00B63077" w:rsidP="00C710D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5527AF04" w14:textId="77777777" w:rsidR="003E51C6" w:rsidRDefault="003E51C6">
+    <w:p w14:paraId="319C3B56" w14:textId="77777777" w:rsidR="00B63077" w:rsidRDefault="00B63077" w:rsidP="00C710D2">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
-<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-[...40 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="04380E16"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="0">
+    <w:nsid w:val="00945E86"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D080C10"/>
+    <w:lvl w:ilvl="0" w:tplc="04070013">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="upperRoman"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="0" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="038D60A6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3D6A618C"/>
+    <w:lvl w:ilvl="0" w:tplc="1F36B1F2">
+      <w:start w:val="11"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
-[...30 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="077C634B"/>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04C81EF6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0ABC35FC"/>
-    <w:lvl w:ilvl="0" w:tplc="4EA22146">
+    <w:tmpl w:val="94A88E02"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
-        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
@@ -4035,56 +5611,341 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="1D613B15"/>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="04F90673"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BA8048EC"/>
-[...1 lines deleted...]
-      <w:start w:val="3"/>
+    <w:tmpl w:val="2D0A3E44"/>
+    <w:lvl w:ilvl="0" w:tplc="04070001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="06C44044"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="4EE8B3FC"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0B4B7D97"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C2746600"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0EE23253"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2AF8E550"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -4124,942 +5985,1125 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="122721F8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDC8EF7A"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2AEB3F20"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2F149FC0"/>
+    <w:lvl w:ilvl="0" w:tplc="CBD43D3A">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2CB973B1"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6152E1CA"/>
+    <w:lvl w:ilvl="0" w:tplc="B6462066">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:lvlText w:val=""/>
-[...4 lines deleted...]
-        </w:tabs>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...28 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...12 lines deleted...]
-        </w:tabs>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="31E4346F"/>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2D252BEE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="6884E8E0"/>
-[...1 lines deleted...]
-      <w:start w:val="2"/>
+    <w:tmpl w:val="24BCB016"/>
+    <w:lvl w:ilvl="0" w:tplc="BA1AF0A0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="308B083D"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7646D07C"/>
+    <w:lvl w:ilvl="0" w:tplc="90BE3548">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3B3F265B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="732275B4"/>
+    <w:lvl w:ilvl="0" w:tplc="B6462066">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tentative="1">
-[...30 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
-[...149 lines deleted...]
-    <w:nsid w:val="371F691B"/>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="427B35D5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="578C27CA"/>
-    <w:lvl w:ilvl="0" w:tplc="0407000F">
+    <w:tmpl w:val="E3862C4C"/>
+    <w:lvl w:ilvl="0" w:tplc="BA1AF0A0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="3A0F1B04"/>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="42CC3F04"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="A59CB9B6"/>
-[...1 lines deleted...]
-      <w:start w:val="6"/>
+    <w:tmpl w:val="E3862C4C"/>
+    <w:lvl w:ilvl="0" w:tplc="BA1AF0A0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="40217AC2"/>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44AC384C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="182217D4"/>
+    <w:tmpl w:val="8F8EBE9A"/>
     <w:lvl w:ilvl="0" w:tplc="0407000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4929611E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="65A00BFA"/>
+    <w:lvl w:ilvl="0" w:tplc="2098A84E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4A2833A0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="88B0578E"/>
+    <w:lvl w:ilvl="0" w:tplc="04070017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="49B736F7"/>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E246EE5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="551A18AA"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1."/>
+    <w:tmpl w:val="88B0578E"/>
+    <w:lvl w:ilvl="0" w:tplc="04070017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
@@ -5097,934 +7141,1690 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="502B4935"/>
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="537A3C2F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="29389B9E"/>
-[...8 lines deleted...]
-        </w:tabs>
+    <w:tmpl w:val="61406498"/>
+    <w:lvl w:ilvl="0" w:tplc="04070017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:tabs>
-[...1 lines deleted...]
-        </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="57220429"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A65480E4"/>
+    <w:lvl w:ilvl="0" w:tplc="F2B46262">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
-        <w:sz w:val="20"/>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2160" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:tabs>
-[...2 lines deleted...]
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tentative="1">
-[...78 lines deleted...]
-    </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="657F123D"/>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="583B2748"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="DDD49642"/>
-[...1 lines deleted...]
-      <w:start w:val="4"/>
+    <w:tmpl w:val="E3862C4C"/>
+    <w:lvl w:ilvl="0" w:tplc="BA1AF0A0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="6480" w:hanging="180"/>
+        <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="739E4060"/>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="64DE65A5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C6A8917E"/>
-[...1 lines deleted...]
-      <w:start w:val="5"/>
+    <w:tmpl w:val="E3862C4C"/>
+    <w:lvl w:ilvl="0" w:tplc="BA1AF0A0">
+      <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="720" w:hanging="360"/>
+        <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1440" w:hanging="360"/>
+        <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="2160" w:hanging="180"/>
+        <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2880" w:hanging="360"/>
+        <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3600" w:hanging="360"/>
+        <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
-        <w:ind w:left="4320" w:hanging="180"/>
+        <w:ind w:left="4680" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5040" w:hanging="360"/>
+        <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5760" w:hanging="360"/>
+        <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
+        <w:ind w:left="6840" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D354BD4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8F8EBE9A"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="97216069">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="711C026A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF96BEAC"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="722E1757"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="32B0ED66"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="72F3295B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FF62F874"/>
+    <w:lvl w:ilvl="0" w:tplc="42AC188C">
+      <w:start w:val="7"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="04070001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="04070005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7533068C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F392CE06"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="75E2395A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0ACA274C"/>
+    <w:lvl w:ilvl="0" w:tplc="0407000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0407000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="14">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="16">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="20">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="22">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="23">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="94643556">
-[...2 lines deleted...]
-  <w:num w:numId="3" w16cid:durableId="799958250">
+  <w:num w:numId="24">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="2125690129">
-    <w:abstractNumId w:val="7"/>
+  <w:num w:numId="25">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="263419734">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="26">
+    <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1740709948">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="27">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1037856051">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="28">
+    <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1038967344">
-[...21 lines deleted...]
-    <w:abstractNumId w:val="6"/>
+  <w:num w:numId="29">
+    <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...1 lines deleted...]
-  <w:displayBackgroundShape/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
-  <w:hdrShapeDefaults>
-[...1 lines deleted...]
-  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="0098400B"/>
-[...225 lines deleted...]
-    <w:rsid w:val="00FE52E3"/>
+    <w:rsidRoot w:val="00647873"/>
+    <w:rsid w:val="00014E75"/>
+    <w:rsid w:val="000225C7"/>
+    <w:rsid w:val="00023F93"/>
+    <w:rsid w:val="00025D87"/>
+    <w:rsid w:val="00026D4D"/>
+    <w:rsid w:val="00030687"/>
+    <w:rsid w:val="0003089C"/>
+    <w:rsid w:val="000325A4"/>
+    <w:rsid w:val="00035A38"/>
+    <w:rsid w:val="00035FEF"/>
+    <w:rsid w:val="000371E0"/>
+    <w:rsid w:val="00040897"/>
+    <w:rsid w:val="00042EC5"/>
+    <w:rsid w:val="00046BE3"/>
+    <w:rsid w:val="00047775"/>
+    <w:rsid w:val="00061262"/>
+    <w:rsid w:val="00071BDC"/>
+    <w:rsid w:val="00075685"/>
+    <w:rsid w:val="00075CFD"/>
+    <w:rsid w:val="00084A14"/>
+    <w:rsid w:val="0008511C"/>
+    <w:rsid w:val="00087C89"/>
+    <w:rsid w:val="00092FC5"/>
+    <w:rsid w:val="000971C8"/>
+    <w:rsid w:val="000A1641"/>
+    <w:rsid w:val="000A5365"/>
+    <w:rsid w:val="000A562C"/>
+    <w:rsid w:val="000C069A"/>
+    <w:rsid w:val="000C144B"/>
+    <w:rsid w:val="000C4BF0"/>
+    <w:rsid w:val="000D5790"/>
+    <w:rsid w:val="000E598A"/>
+    <w:rsid w:val="000F44A1"/>
+    <w:rsid w:val="000F4CDD"/>
+    <w:rsid w:val="000F57F6"/>
+    <w:rsid w:val="00112C46"/>
+    <w:rsid w:val="00113C0F"/>
+    <w:rsid w:val="001163B9"/>
+    <w:rsid w:val="00116BCB"/>
+    <w:rsid w:val="0012552E"/>
+    <w:rsid w:val="0012620F"/>
+    <w:rsid w:val="001418EB"/>
+    <w:rsid w:val="00142C44"/>
+    <w:rsid w:val="00150758"/>
+    <w:rsid w:val="0015489A"/>
+    <w:rsid w:val="00156AB3"/>
+    <w:rsid w:val="00157E81"/>
+    <w:rsid w:val="00161E7F"/>
+    <w:rsid w:val="00161ECC"/>
+    <w:rsid w:val="00173560"/>
+    <w:rsid w:val="00174BE3"/>
+    <w:rsid w:val="0017667C"/>
+    <w:rsid w:val="00191092"/>
+    <w:rsid w:val="00197710"/>
+    <w:rsid w:val="00197B52"/>
+    <w:rsid w:val="001B25E4"/>
+    <w:rsid w:val="001C4D8F"/>
+    <w:rsid w:val="001C61BF"/>
+    <w:rsid w:val="001F36F0"/>
+    <w:rsid w:val="00202DCE"/>
+    <w:rsid w:val="00203BE4"/>
+    <w:rsid w:val="00205792"/>
+    <w:rsid w:val="00211EA7"/>
+    <w:rsid w:val="00216C40"/>
+    <w:rsid w:val="002214E3"/>
+    <w:rsid w:val="00222339"/>
+    <w:rsid w:val="00232044"/>
+    <w:rsid w:val="002338FD"/>
+    <w:rsid w:val="002347C2"/>
+    <w:rsid w:val="00235274"/>
+    <w:rsid w:val="002364E5"/>
+    <w:rsid w:val="002365D9"/>
+    <w:rsid w:val="00236627"/>
+    <w:rsid w:val="00244514"/>
+    <w:rsid w:val="002509BC"/>
+    <w:rsid w:val="00256FD2"/>
+    <w:rsid w:val="00262B45"/>
+    <w:rsid w:val="00271B52"/>
+    <w:rsid w:val="00272B34"/>
+    <w:rsid w:val="002764C6"/>
+    <w:rsid w:val="00286D42"/>
+    <w:rsid w:val="0029725D"/>
+    <w:rsid w:val="002B4BCE"/>
+    <w:rsid w:val="002B4D6A"/>
+    <w:rsid w:val="002B51F8"/>
+    <w:rsid w:val="002D4015"/>
+    <w:rsid w:val="002D6E0E"/>
+    <w:rsid w:val="002E2132"/>
+    <w:rsid w:val="002E64EE"/>
+    <w:rsid w:val="002E67E1"/>
+    <w:rsid w:val="002F0310"/>
+    <w:rsid w:val="002F0D08"/>
+    <w:rsid w:val="002F101C"/>
+    <w:rsid w:val="00307A22"/>
+    <w:rsid w:val="00312B69"/>
+    <w:rsid w:val="00317034"/>
+    <w:rsid w:val="00320E95"/>
+    <w:rsid w:val="00323E33"/>
+    <w:rsid w:val="00336C66"/>
+    <w:rsid w:val="00344C8C"/>
+    <w:rsid w:val="00351507"/>
+    <w:rsid w:val="00352BC9"/>
+    <w:rsid w:val="00362B59"/>
+    <w:rsid w:val="003637AD"/>
+    <w:rsid w:val="00373DED"/>
+    <w:rsid w:val="0037555F"/>
+    <w:rsid w:val="00384793"/>
+    <w:rsid w:val="0038717C"/>
+    <w:rsid w:val="00390B24"/>
+    <w:rsid w:val="00395D27"/>
+    <w:rsid w:val="003B1F3C"/>
+    <w:rsid w:val="003B2AA4"/>
+    <w:rsid w:val="003B3CC1"/>
+    <w:rsid w:val="003B635A"/>
+    <w:rsid w:val="003B63C0"/>
+    <w:rsid w:val="003B6BF8"/>
+    <w:rsid w:val="003C1A71"/>
+    <w:rsid w:val="003D79CF"/>
+    <w:rsid w:val="003E65D9"/>
+    <w:rsid w:val="003F44D6"/>
+    <w:rsid w:val="003F5CD2"/>
+    <w:rsid w:val="00403E2E"/>
+    <w:rsid w:val="004051D9"/>
+    <w:rsid w:val="00411F7A"/>
+    <w:rsid w:val="004147E9"/>
+    <w:rsid w:val="0041498A"/>
+    <w:rsid w:val="00420AF2"/>
+    <w:rsid w:val="00431CBA"/>
+    <w:rsid w:val="00442E32"/>
+    <w:rsid w:val="00445F44"/>
+    <w:rsid w:val="00454D80"/>
+    <w:rsid w:val="00455843"/>
+    <w:rsid w:val="00455A27"/>
+    <w:rsid w:val="00463FF3"/>
+    <w:rsid w:val="00466406"/>
+    <w:rsid w:val="00472C24"/>
+    <w:rsid w:val="00475B5B"/>
+    <w:rsid w:val="00481B54"/>
+    <w:rsid w:val="00491D9E"/>
+    <w:rsid w:val="0049429A"/>
+    <w:rsid w:val="004A0F35"/>
+    <w:rsid w:val="004A3BBA"/>
+    <w:rsid w:val="004A558A"/>
+    <w:rsid w:val="004A6606"/>
+    <w:rsid w:val="004B2434"/>
+    <w:rsid w:val="004B25F7"/>
+    <w:rsid w:val="004B2E49"/>
+    <w:rsid w:val="004B6AA6"/>
+    <w:rsid w:val="004C0070"/>
+    <w:rsid w:val="004C21F7"/>
+    <w:rsid w:val="004C432F"/>
+    <w:rsid w:val="004C7D73"/>
+    <w:rsid w:val="004D539D"/>
+    <w:rsid w:val="004E341B"/>
+    <w:rsid w:val="004F6274"/>
+    <w:rsid w:val="00503175"/>
+    <w:rsid w:val="00521040"/>
+    <w:rsid w:val="005271BA"/>
+    <w:rsid w:val="00537EFD"/>
+    <w:rsid w:val="00541F6E"/>
+    <w:rsid w:val="0054526A"/>
+    <w:rsid w:val="0054589C"/>
+    <w:rsid w:val="005475A0"/>
+    <w:rsid w:val="00564292"/>
+    <w:rsid w:val="005718F2"/>
+    <w:rsid w:val="00576499"/>
+    <w:rsid w:val="00581A3D"/>
+    <w:rsid w:val="0059054A"/>
+    <w:rsid w:val="005A2795"/>
+    <w:rsid w:val="005A48F1"/>
+    <w:rsid w:val="005A543D"/>
+    <w:rsid w:val="005A6B5F"/>
+    <w:rsid w:val="005B7686"/>
+    <w:rsid w:val="005C3C3E"/>
+    <w:rsid w:val="005C4041"/>
+    <w:rsid w:val="005D139A"/>
+    <w:rsid w:val="005E5237"/>
+    <w:rsid w:val="005F6E45"/>
+    <w:rsid w:val="0061507B"/>
+    <w:rsid w:val="00625FC9"/>
+    <w:rsid w:val="00640588"/>
+    <w:rsid w:val="0064226C"/>
+    <w:rsid w:val="0064548D"/>
+    <w:rsid w:val="00647849"/>
+    <w:rsid w:val="00647873"/>
+    <w:rsid w:val="00647A92"/>
+    <w:rsid w:val="00652B9D"/>
+    <w:rsid w:val="00652CFA"/>
+    <w:rsid w:val="006535C4"/>
+    <w:rsid w:val="00664779"/>
+    <w:rsid w:val="00675956"/>
+    <w:rsid w:val="00680047"/>
+    <w:rsid w:val="006A1A5C"/>
+    <w:rsid w:val="006A54B9"/>
+    <w:rsid w:val="006A62F2"/>
+    <w:rsid w:val="006A7969"/>
+    <w:rsid w:val="006B1BDC"/>
+    <w:rsid w:val="006B2A60"/>
+    <w:rsid w:val="006B2DBD"/>
+    <w:rsid w:val="006B5620"/>
+    <w:rsid w:val="006C54AB"/>
+    <w:rsid w:val="006C5F51"/>
+    <w:rsid w:val="006D6AA0"/>
+    <w:rsid w:val="006E3D00"/>
+    <w:rsid w:val="006F0974"/>
+    <w:rsid w:val="006F7BD4"/>
+    <w:rsid w:val="00706EF2"/>
+    <w:rsid w:val="00710A53"/>
+    <w:rsid w:val="00714A2D"/>
+    <w:rsid w:val="00720010"/>
+    <w:rsid w:val="00734DAF"/>
+    <w:rsid w:val="0073536C"/>
+    <w:rsid w:val="00743B5E"/>
+    <w:rsid w:val="00746FAC"/>
+    <w:rsid w:val="00750DFB"/>
+    <w:rsid w:val="00753961"/>
+    <w:rsid w:val="00761B15"/>
+    <w:rsid w:val="007623B3"/>
+    <w:rsid w:val="00772837"/>
+    <w:rsid w:val="00773A49"/>
+    <w:rsid w:val="00777B62"/>
+    <w:rsid w:val="00782D7A"/>
+    <w:rsid w:val="0079479E"/>
+    <w:rsid w:val="007A0FB1"/>
+    <w:rsid w:val="007A7AE5"/>
+    <w:rsid w:val="007B1D69"/>
+    <w:rsid w:val="007C048D"/>
+    <w:rsid w:val="007D113F"/>
+    <w:rsid w:val="007D6982"/>
+    <w:rsid w:val="007E701F"/>
+    <w:rsid w:val="007F6DCE"/>
+    <w:rsid w:val="00806303"/>
+    <w:rsid w:val="00815400"/>
+    <w:rsid w:val="00821B69"/>
+    <w:rsid w:val="0082235A"/>
+    <w:rsid w:val="00826996"/>
+    <w:rsid w:val="00831336"/>
+    <w:rsid w:val="0083577D"/>
+    <w:rsid w:val="00836332"/>
+    <w:rsid w:val="0084276F"/>
+    <w:rsid w:val="00844022"/>
+    <w:rsid w:val="0084768F"/>
+    <w:rsid w:val="00862E65"/>
+    <w:rsid w:val="00875359"/>
+    <w:rsid w:val="0087646E"/>
+    <w:rsid w:val="0088638C"/>
+    <w:rsid w:val="0089403F"/>
+    <w:rsid w:val="008B1E20"/>
+    <w:rsid w:val="008B3C03"/>
+    <w:rsid w:val="008B5CA1"/>
+    <w:rsid w:val="008B68AD"/>
+    <w:rsid w:val="008C2B2A"/>
+    <w:rsid w:val="008C42A7"/>
+    <w:rsid w:val="008D44B7"/>
+    <w:rsid w:val="008D4CAF"/>
+    <w:rsid w:val="008F6AAD"/>
+    <w:rsid w:val="00901D60"/>
+    <w:rsid w:val="00904287"/>
+    <w:rsid w:val="00913D12"/>
+    <w:rsid w:val="0091785D"/>
+    <w:rsid w:val="00917E63"/>
+    <w:rsid w:val="00923C73"/>
+    <w:rsid w:val="009358DE"/>
+    <w:rsid w:val="0094279B"/>
+    <w:rsid w:val="00945EA4"/>
+    <w:rsid w:val="009524C3"/>
+    <w:rsid w:val="00961CAD"/>
+    <w:rsid w:val="0096401D"/>
+    <w:rsid w:val="0098206F"/>
+    <w:rsid w:val="00983E60"/>
+    <w:rsid w:val="009A79C1"/>
+    <w:rsid w:val="009B0A86"/>
+    <w:rsid w:val="009B124F"/>
+    <w:rsid w:val="009B232A"/>
+    <w:rsid w:val="009C1FA2"/>
+    <w:rsid w:val="009C23EE"/>
+    <w:rsid w:val="009D05D2"/>
+    <w:rsid w:val="009D110C"/>
+    <w:rsid w:val="009D2771"/>
+    <w:rsid w:val="009E0089"/>
+    <w:rsid w:val="009E7DCA"/>
+    <w:rsid w:val="009F0BE5"/>
+    <w:rsid w:val="009F0EBA"/>
+    <w:rsid w:val="009F2170"/>
+    <w:rsid w:val="009F5863"/>
+    <w:rsid w:val="009F75FA"/>
+    <w:rsid w:val="00A13EA5"/>
+    <w:rsid w:val="00A2007A"/>
+    <w:rsid w:val="00A31692"/>
+    <w:rsid w:val="00A37758"/>
+    <w:rsid w:val="00A4567E"/>
+    <w:rsid w:val="00A71543"/>
+    <w:rsid w:val="00A7298D"/>
+    <w:rsid w:val="00A7415E"/>
+    <w:rsid w:val="00A8332A"/>
+    <w:rsid w:val="00A83333"/>
+    <w:rsid w:val="00AA4B78"/>
+    <w:rsid w:val="00AB3584"/>
+    <w:rsid w:val="00AB4ABA"/>
+    <w:rsid w:val="00AB7024"/>
+    <w:rsid w:val="00AC1DE3"/>
+    <w:rsid w:val="00AD2747"/>
+    <w:rsid w:val="00AD4FB8"/>
+    <w:rsid w:val="00AD76F6"/>
+    <w:rsid w:val="00AE0942"/>
+    <w:rsid w:val="00AE379C"/>
+    <w:rsid w:val="00AF1BE9"/>
+    <w:rsid w:val="00AF327C"/>
+    <w:rsid w:val="00B07D49"/>
+    <w:rsid w:val="00B128C3"/>
+    <w:rsid w:val="00B12E5E"/>
+    <w:rsid w:val="00B22D15"/>
+    <w:rsid w:val="00B2446E"/>
+    <w:rsid w:val="00B25E56"/>
+    <w:rsid w:val="00B26D6C"/>
+    <w:rsid w:val="00B27D88"/>
+    <w:rsid w:val="00B3052F"/>
+    <w:rsid w:val="00B32F72"/>
+    <w:rsid w:val="00B34612"/>
+    <w:rsid w:val="00B53B74"/>
+    <w:rsid w:val="00B54F58"/>
+    <w:rsid w:val="00B57F9E"/>
+    <w:rsid w:val="00B61BDB"/>
+    <w:rsid w:val="00B63077"/>
+    <w:rsid w:val="00B6507F"/>
+    <w:rsid w:val="00B670B7"/>
+    <w:rsid w:val="00B67D74"/>
+    <w:rsid w:val="00B71A99"/>
+    <w:rsid w:val="00B7533B"/>
+    <w:rsid w:val="00B86DB8"/>
+    <w:rsid w:val="00B93E31"/>
+    <w:rsid w:val="00B941F1"/>
+    <w:rsid w:val="00B96097"/>
+    <w:rsid w:val="00B96C7A"/>
+    <w:rsid w:val="00B9737B"/>
+    <w:rsid w:val="00B97DE7"/>
+    <w:rsid w:val="00BB60A0"/>
+    <w:rsid w:val="00BC6368"/>
+    <w:rsid w:val="00BD1DCA"/>
+    <w:rsid w:val="00BD2BE4"/>
+    <w:rsid w:val="00BE7384"/>
+    <w:rsid w:val="00BF726A"/>
+    <w:rsid w:val="00C07ABC"/>
+    <w:rsid w:val="00C10B39"/>
+    <w:rsid w:val="00C204DA"/>
+    <w:rsid w:val="00C305F4"/>
+    <w:rsid w:val="00C32C23"/>
+    <w:rsid w:val="00C44FCC"/>
+    <w:rsid w:val="00C51767"/>
+    <w:rsid w:val="00C54111"/>
+    <w:rsid w:val="00C551DF"/>
+    <w:rsid w:val="00C655ED"/>
+    <w:rsid w:val="00C65F31"/>
+    <w:rsid w:val="00C710D2"/>
+    <w:rsid w:val="00C74D47"/>
+    <w:rsid w:val="00C75270"/>
+    <w:rsid w:val="00CB289D"/>
+    <w:rsid w:val="00CB30D4"/>
+    <w:rsid w:val="00CD1FE8"/>
+    <w:rsid w:val="00CD4376"/>
+    <w:rsid w:val="00CD743D"/>
+    <w:rsid w:val="00CE1AEE"/>
+    <w:rsid w:val="00CE5277"/>
+    <w:rsid w:val="00CF1858"/>
+    <w:rsid w:val="00CF4FEE"/>
+    <w:rsid w:val="00D01CCE"/>
+    <w:rsid w:val="00D237E5"/>
+    <w:rsid w:val="00D2509D"/>
+    <w:rsid w:val="00D33F72"/>
+    <w:rsid w:val="00D36099"/>
+    <w:rsid w:val="00D42354"/>
+    <w:rsid w:val="00D42490"/>
+    <w:rsid w:val="00D475E0"/>
+    <w:rsid w:val="00D47D8B"/>
+    <w:rsid w:val="00D54D3D"/>
+    <w:rsid w:val="00D55F9F"/>
+    <w:rsid w:val="00D60759"/>
+    <w:rsid w:val="00D74145"/>
+    <w:rsid w:val="00D7795F"/>
+    <w:rsid w:val="00D845FC"/>
+    <w:rsid w:val="00D863A0"/>
+    <w:rsid w:val="00D92717"/>
+    <w:rsid w:val="00DA3F04"/>
+    <w:rsid w:val="00DC106B"/>
+    <w:rsid w:val="00DC539A"/>
+    <w:rsid w:val="00DC69CB"/>
+    <w:rsid w:val="00DE4B7A"/>
+    <w:rsid w:val="00DF0497"/>
+    <w:rsid w:val="00DF0E35"/>
+    <w:rsid w:val="00DF2869"/>
+    <w:rsid w:val="00E0424B"/>
+    <w:rsid w:val="00E046B3"/>
+    <w:rsid w:val="00E10669"/>
+    <w:rsid w:val="00E1222B"/>
+    <w:rsid w:val="00E21047"/>
+    <w:rsid w:val="00E271DD"/>
+    <w:rsid w:val="00E47DD0"/>
+    <w:rsid w:val="00E55954"/>
+    <w:rsid w:val="00E80540"/>
+    <w:rsid w:val="00E80A80"/>
+    <w:rsid w:val="00E81ADC"/>
+    <w:rsid w:val="00E866DD"/>
+    <w:rsid w:val="00E87F53"/>
+    <w:rsid w:val="00E90268"/>
+    <w:rsid w:val="00EA0CD3"/>
+    <w:rsid w:val="00EA3158"/>
+    <w:rsid w:val="00EA4A2B"/>
+    <w:rsid w:val="00EA520C"/>
+    <w:rsid w:val="00EA6992"/>
+    <w:rsid w:val="00EA69EA"/>
+    <w:rsid w:val="00EB3AB4"/>
+    <w:rsid w:val="00EC356A"/>
+    <w:rsid w:val="00EC52DC"/>
+    <w:rsid w:val="00ED0D15"/>
+    <w:rsid w:val="00ED2749"/>
+    <w:rsid w:val="00ED50C4"/>
+    <w:rsid w:val="00EE3A06"/>
+    <w:rsid w:val="00EE475C"/>
+    <w:rsid w:val="00EE69A8"/>
+    <w:rsid w:val="00EF2970"/>
+    <w:rsid w:val="00EF4561"/>
+    <w:rsid w:val="00EF4945"/>
+    <w:rsid w:val="00F0087F"/>
+    <w:rsid w:val="00F10828"/>
+    <w:rsid w:val="00F15511"/>
+    <w:rsid w:val="00F1689E"/>
+    <w:rsid w:val="00F223A8"/>
+    <w:rsid w:val="00F2342A"/>
+    <w:rsid w:val="00F4246D"/>
+    <w:rsid w:val="00F4419C"/>
+    <w:rsid w:val="00F53572"/>
+    <w:rsid w:val="00F53960"/>
+    <w:rsid w:val="00F6088C"/>
+    <w:rsid w:val="00F701AA"/>
+    <w:rsid w:val="00F77613"/>
+    <w:rsid w:val="00F86D60"/>
+    <w:rsid w:val="00F97B8F"/>
+    <w:rsid w:val="00FB2469"/>
+    <w:rsid w:val="00FB43D1"/>
+    <w:rsid w:val="00FC1B5D"/>
+    <w:rsid w:val="00FC6FC6"/>
+    <w:rsid w:val="00FD3592"/>
+    <w:rsid w:val="00FE435F"/>
+    <w:rsid w:val="00FF24B2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="de-DE"/>
+  <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
-  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="11FB3BEB"/>
-  <w15:docId w15:val="{541211F5-4309-4A60-82BD-2B7C5043B39C}"/>
+  <w14:docId w14:val="32C2DCDF"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{8D23CBEE-597E-4244-A8D2-0CFE0D2D478E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="de-DE" w:eastAsia="de-DE" w:bidi="ar-SA"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:sz w:val="22"/>
+        <w:szCs w:val="22"/>
+        <w:lang w:val="de-DE" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault/>
+    <w:pPrDefault>
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+      </w:pPr>
+    </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
-[...9 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Title" w:qFormat="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6033,74 +8833,75 @@
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="59"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
-    <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
     <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
@@ -6249,625 +9050,1147 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
-    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00BE68FC"/>
+    <w:rsid w:val="00647873"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift1Zchn"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00647873"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240" w:after="0"/>
+      <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
-[...2 lines deleted...]
-      <w:lang w:eastAsia="en-US"/>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="berschrift2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Standard"/>
+    <w:next w:val="Standard"/>
+    <w:link w:val="berschrift2Zchn"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="00647873"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="40" w:after="0" w:line="276" w:lineRule="auto"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Absatz-Standardschriftart">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="NormaleTabelle">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="KeineListe">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift2Zchn">
+    <w:name w:val="Überschrift 2 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift2"/>
+    <w:rsid w:val="00647873"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="26"/>
+      <w:szCs w:val="26"/>
+      <w:lang w:eastAsia="de-DE"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Listenabsatz">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Standard"/>
+    <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="0098400B"/>
+    <w:rsid w:val="00647873"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="berschrift1Zchn">
+    <w:name w:val="Überschrift 1 Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="berschrift1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00647873"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Sprechblasentext">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="SprechblasentextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00025D87"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="SprechblasentextZchn">
+    <w:name w:val="Sprechblasentext Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Sprechblasentext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00025D87"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Segoe UI" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Kopfzeile">
     <w:name w:val="header"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="0098400B"/>
+    <w:link w:val="KopfzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C710D2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KopfzeileZchn">
+    <w:name w:val="Kopfzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Kopfzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C710D2"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Fuzeile">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Standard"/>
-    <w:rsid w:val="0098400B"/>
+    <w:link w:val="FuzeileZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00C710D2"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4536"/>
         <w:tab w:val="right" w:pos="9072"/>
       </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
-[...1 lines deleted...]
-    <w:rsid w:val="004E3140"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FuzeileZchn">
+    <w:name w:val="Fußzeile Zchn"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:link w:val="Fuzeile"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00C710D2"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="moz-txt-tag">
+    <w:name w:val="moz-txt-tag"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:rsid w:val="005A6B5F"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00B32F72"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NichtaufgelsteErwhnung1">
+    <w:name w:val="Nicht aufgelöste Erwähnung1"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00772837"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="Tabellenraster">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="NormaleTabelle"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00772837"/>
     <w:pPr>
-      <w:autoSpaceDE w:val="0"/>
-[...1 lines deleted...]
-      <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...2 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:lang w:eastAsia="zh-CN"/>
+    </w:rPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Kommentarzeichen">
+    <w:name w:val="annotation reference"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00312B69"/>
+    <w:rPr>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="docdata">
-[...1 lines deleted...]
-    <w:aliases w:val="docy,v5,1240,bqiaagaaeyqcaaagiaiaaamiawaabrydaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaaa"/>
+  <w:style w:type="paragraph" w:styleId="Kommentartext">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="Standard"/>
+    <w:link w:val="KommentartextZchn"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00312B69"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="KommentartextZchn">
+    <w:name w:val="Kommentartext Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
-    <w:rsid w:val="0054209F"/>
+    <w:link w:val="Kommentartext"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00312B69"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="BesuchterLink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Absatz-Standardschriftart"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00A4567E"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="HTMLVorformatiert">
     <w:name w:val="HTML Preformatted"/>
     <w:basedOn w:val="Standard"/>
     <w:link w:val="HTMLVorformatiertZchn"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00905952"/>
+    <w:rsid w:val="009F5863"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="916"/>
         <w:tab w:val="left" w:pos="1832"/>
         <w:tab w:val="left" w:pos="2748"/>
         <w:tab w:val="left" w:pos="3664"/>
         <w:tab w:val="left" w:pos="4580"/>
         <w:tab w:val="left" w:pos="5496"/>
         <w:tab w:val="left" w:pos="6412"/>
         <w:tab w:val="left" w:pos="7328"/>
         <w:tab w:val="left" w:pos="8244"/>
         <w:tab w:val="left" w:pos="9160"/>
         <w:tab w:val="left" w:pos="10076"/>
         <w:tab w:val="left" w:pos="10992"/>
         <w:tab w:val="left" w:pos="11908"/>
         <w:tab w:val="left" w:pos="12824"/>
         <w:tab w:val="left" w:pos="13740"/>
         <w:tab w:val="left" w:pos="14656"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLVorformatiertZchn">
     <w:name w:val="HTML Vorformatiert Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="HTMLVorformatiert"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
-    <w:rsid w:val="00905952"/>
+    <w:rsid w:val="009F5863"/>
     <w:rPr>
-      <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:divs>
-    <w:div w:id="199366249">
+    <w:div w:id="32968548">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="214396811">
+    <w:div w:id="1141849119">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1464885757">
+    <w:div w:id="1851750066">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
-    <w:div w:id="1550874644">
+    <w:div w:id="2106070087">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="2094618881">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="528370026">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1411778781">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="502555537">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="2126918717">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="1284460713">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="223611229">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1942032846">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="700470528">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="1080905751">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                              <w:divsChild>
+                                                <w:div w:id="214701683">
+                                                  <w:marLeft w:val="0"/>
+                                                  <w:marRight w:val="0"/>
+                                                  <w:marTop w:val="0"/>
+                                                  <w:marBottom w:val="0"/>
+                                                  <w:divBdr>
+                                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                  </w:divBdr>
+                                                </w:div>
+                                              </w:divsChild>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="144980485">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1305622772">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+              <w:divsChild>
+                <w:div w:id="1869563400">
+                  <w:marLeft w:val="0"/>
+                  <w:marRight w:val="0"/>
+                  <w:marTop w:val="0"/>
+                  <w:marBottom w:val="0"/>
+                  <w:divBdr>
+                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                  </w:divBdr>
+                  <w:divsChild>
+                    <w:div w:id="207452363">
+                      <w:marLeft w:val="15"/>
+                      <w:marRight w:val="15"/>
+                      <w:marTop w:val="15"/>
+                      <w:marBottom w:val="15"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                    </w:div>
+                    <w:div w:id="1239097653">
+                      <w:marLeft w:val="0"/>
+                      <w:marRight w:val="0"/>
+                      <w:marTop w:val="0"/>
+                      <w:marBottom w:val="0"/>
+                      <w:divBdr>
+                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                      </w:divBdr>
+                      <w:divsChild>
+                        <w:div w:id="1314018659">
+                          <w:marLeft w:val="0"/>
+                          <w:marRight w:val="0"/>
+                          <w:marTop w:val="0"/>
+                          <w:marBottom w:val="0"/>
+                          <w:divBdr>
+                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                          </w:divBdr>
+                          <w:divsChild>
+                            <w:div w:id="703869117">
+                              <w:marLeft w:val="15"/>
+                              <w:marRight w:val="15"/>
+                              <w:marTop w:val="15"/>
+                              <w:marBottom w:val="15"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                            </w:div>
+                            <w:div w:id="1789665504">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="1558471950">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                            <w:div w:id="1950814995">
+                              <w:marLeft w:val="0"/>
+                              <w:marRight w:val="0"/>
+                              <w:marTop w:val="0"/>
+                              <w:marBottom w:val="0"/>
+                              <w:divBdr>
+                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                              </w:divBdr>
+                              <w:divsChild>
+                                <w:div w:id="489105267">
+                                  <w:marLeft w:val="0"/>
+                                  <w:marRight w:val="0"/>
+                                  <w:marTop w:val="0"/>
+                                  <w:marBottom w:val="0"/>
+                                  <w:divBdr>
+                                    <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                    <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                  </w:divBdr>
+                                  <w:divsChild>
+                                    <w:div w:id="1850876361">
+                                      <w:marLeft w:val="0"/>
+                                      <w:marRight w:val="0"/>
+                                      <w:marTop w:val="0"/>
+                                      <w:marBottom w:val="0"/>
+                                      <w:divBdr>
+                                        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                      </w:divBdr>
+                                      <w:divsChild>
+                                        <w:div w:id="1890720382">
+                                          <w:marLeft w:val="0"/>
+                                          <w:marRight w:val="0"/>
+                                          <w:marTop w:val="0"/>
+                                          <w:marBottom w:val="0"/>
+                                          <w:divBdr>
+                                            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                          </w:divBdr>
+                                          <w:divsChild>
+                                            <w:div w:id="1438405647">
+                                              <w:marLeft w:val="0"/>
+                                              <w:marRight w:val="0"/>
+                                              <w:marTop w:val="0"/>
+                                              <w:marBottom w:val="0"/>
+                                              <w:divBdr>
+                                                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                                              </w:divBdr>
+                                            </w:div>
+                                          </w:divsChild>
+                                        </w:div>
+                                      </w:divsChild>
+                                    </w:div>
+                                  </w:divsChild>
+                                </w:div>
+                              </w:divsChild>
+                            </w:div>
+                          </w:divsChild>
+                        </w:div>
+                      </w:divsChild>
+                    </w:div>
+                  </w:divsChild>
+                </w:div>
+              </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
-    <w:div w:id="1558472611">
+    <w:div w:id="2137211295">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
-    </w:div>
-[...37 lines deleted...]
-      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="981545113">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
-  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Larissa-Design">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
-    <a:clrScheme name="Larissa">
+    <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Larissa">
+    <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
+        <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Larissa">
+    <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{477B473E-CC37-4992-8518-ADA93E496587}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>321</Words>
-  <Characters>2029</Characters>
+  <Words>371</Words>
+  <Characters>2338</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>19</Lines>
+  <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Wiederholungstermin in der Prüfungswoche vor der Veranstaltungszeit im Wintersemester 2010/11</vt:lpstr>
+      <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>TOSHIBA</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2346</CharactersWithSpaces>
+  <CharactersWithSpaces>2704</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Wiederholungstermin in der Prüfungswoche vor der Veranstaltungszeit im Wintersemester 2010/11</dc:title>
+  <dc:title/>
   <dc:subject/>
-  <dc:creator>Madeleine</dc:creator>
+  <dc:creator>Lalenia Zizek</dc:creator>
   <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>