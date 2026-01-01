--- v1 (2025-12-08)
+++ v2 (2026-01-01)
@@ -2,64 +2,62 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0008008B" w14:textId="335F8C0A" w:rsidR="00BD1DCA" w:rsidRPr="00664779" w:rsidRDefault="00BD1DCA" w:rsidP="00BD1DCA">
+    <w:p w14:paraId="0008008B" w14:textId="0F3AF68C" w:rsidR="00BD1DCA" w:rsidRPr="00664779" w:rsidRDefault="00BD1DCA" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="009F5863">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Prüfungswoche Januar </w:t>
       </w:r>
       <w:r w:rsidR="001C4D8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
       <w:r w:rsidR="00156AB3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>6</w:t>
       </w:r>
       <w:r w:rsidR="001C4D8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -161,186 +159,178 @@
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>aktuelle Hinweise!</w:t>
       </w:r>
       <w:r w:rsidR="00734DAF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:r w:rsidR="00734DAF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk133936906"/>
+      <w:bookmarkStart w:id="0" w:name="_Hlk133936906"/>
       <w:r w:rsidR="00734DAF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00734DAF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00734DAF">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00734DAF" w:rsidRPr="00734DAF">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Stand </w:t>
       </w:r>
-      <w:r w:rsidR="00156AB3">
+      <w:r w:rsidR="00EB0A5E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...7 lines deleted...]
-        <w:t>6</w:t>
+        <w:t>10</w:t>
       </w:r>
       <w:r w:rsidR="00E80540">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>.0</w:t>
+        <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00156AB3">
+      <w:r w:rsidR="00EB0A5E">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>12</w:t>
       </w:r>
       <w:r w:rsidR="00E80540">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00156AB3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>202</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
+      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidR="00156AB3">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EDC2FEF" w14:textId="00B71683" w:rsidR="00BD1DCA" w:rsidRDefault="00A31692" w:rsidP="00BD1DCA">
-      <w:bookmarkStart w:id="2" w:name="_Hlk84348697"/>
+      <w:bookmarkStart w:id="1" w:name="_Hlk84348697"/>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="14596" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="000000"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1838"/>
         <w:gridCol w:w="1985"/>
         <w:gridCol w:w="2835"/>
         <w:gridCol w:w="2976"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1842"/>
         <w:gridCol w:w="1560"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="651C8F6B" w14:textId="77777777" w:rsidTr="00203BE4">
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="651C8F6B" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkEnd w:id="2"/>
+          <w:bookmarkEnd w:id="1"/>
           <w:p w14:paraId="1984909A" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Studiengang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
@@ -464,74 +454,73 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Tag/Uhrzeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15AB3BA9" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00E80540">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="15AB3BA9" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="002A003B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Raum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="4ECF4DDB" w14:textId="77777777" w:rsidTr="00203BE4">
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="4ECF4DDB" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="07F79414" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3FF88487" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
@@ -899,72 +888,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45404CCE" w14:textId="778760F0" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="0089403F" w:rsidP="00E80540">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="45404CCE" w14:textId="29919474" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="00B50E68" w:rsidP="002A003B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t>HG 108</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="5CAD59CC" w14:textId="77777777" w:rsidTr="00203BE4">
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="5CAD59CC" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="01EAAE4B" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BASA Präsenz</w:t>
             </w:r>
           </w:p>
@@ -1223,116 +1211,121 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10:00</w:t>
             </w:r>
             <w:r w:rsidR="003B635A" w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12E45569" w14:textId="1F9EC868" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00E80540">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="12E45569" w14:textId="01DF59AD" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="00B50E68" w:rsidP="002A003B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HG 108</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E046B3" w:rsidRPr="00363A7F" w14:paraId="71576C39" w14:textId="77777777" w:rsidTr="001A1AA2">
+      <w:tr w:rsidR="00E046B3" w:rsidRPr="00363A7F" w14:paraId="71576C39" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5A97A97A" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE379C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BASA Präsenz</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="074D9F5D" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE379C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3. Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="47E777CB" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE379C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Recht und Politik 2</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="15EB8BC1" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1369,148 +1362,144 @@
           <w:p w14:paraId="7690E25A" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE379C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Erstprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="2F489CBE" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE379C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Sozialverwaltungsrecht und Rechtliche Grundlagen der Berufspraxis </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3A4BF8CE" w14:textId="6FCE5B38" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="00EE69A8">
             <w:pPr>
               <w:pStyle w:val="HTMLVorformatiert"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00AE379C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Prof. Dr.</w:t>
             </w:r>
             <w:r w:rsidR="00EE69A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00AE379C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Arne von Boetticher</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F94B7CD" w14:textId="77777777" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00E046B3" w:rsidP="001A1AA2">
             <w:pPr>
               <w:pStyle w:val="HTMLVorformatiert"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="575BF974" w14:textId="36D969FF" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00014E75" w:rsidP="001A1AA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>90 Minuten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7E7DCA01" w14:textId="262526EF" w:rsidR="00E046B3" w:rsidRPr="00AE379C" w:rsidRDefault="00A7415E" w:rsidP="001A1AA2">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Mittwoch </w:t>
             </w:r>
             <w:r w:rsidR="00286D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
@@ -1559,66 +1548,72 @@
             </w:r>
             <w:r w:rsidR="00A7415E">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>0</w:t>
             </w:r>
             <w:r w:rsidRPr="00AE379C">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>.00 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4450F86E" w14:textId="297B02F1" w:rsidR="00E046B3" w:rsidRDefault="00E046B3" w:rsidP="00E80540">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="4450F86E" w14:textId="528D7F01" w:rsidR="00E046B3" w:rsidRDefault="00B50E68" w:rsidP="002A003B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HG 108</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="5C49F303" w14:textId="77777777" w:rsidTr="00203BE4">
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="5C49F303" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="687C918C" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BASA Präsenz</w:t>
             </w:r>
           </w:p>
@@ -1873,72 +1868,87 @@
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.00 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="30843DF7" w14:textId="44782ED7" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="00E21047" w:rsidP="00E80540">
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+          <w:p w14:paraId="30843DF7" w14:textId="61EFC180" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="00E21047" w:rsidP="002A003B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Online-Prüfung</w:t>
+              <w:t>Online-</w:t>
+            </w:r>
+            <w:r w:rsidR="002A003B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00844022" w:rsidRPr="00363A7F" w14:paraId="24C8398D" w14:textId="77777777" w:rsidTr="00961CAD">
+      <w:tr w:rsidR="00844022" w:rsidRPr="00363A7F" w14:paraId="24C8398D" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="3569905C" w14:textId="77777777" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00844022">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BABEK</w:t>
             </w:r>
@@ -2020,61 +2030,61 @@
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Erstprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="1E79D8C1" w14:textId="217EA4D0" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00844022">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:bookmarkStart w:id="3" w:name="_Hlk201841513"/>
+            <w:bookmarkStart w:id="2" w:name="_Hlk201841513"/>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>Entwicklungspsychologie und psychoanalytische Konzepte</w:t>
             </w:r>
-            <w:bookmarkEnd w:id="3"/>
+            <w:bookmarkEnd w:id="2"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2976" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="437D16B1" w14:textId="44F6FD63" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00961CAD" w:rsidP="00844022">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00961CAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               </w:rPr>
               <w:t>Dr. Susanne Hommel, PhD.</w:t>
             </w:r>
@@ -2099,151 +2109,174 @@
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>90 Minuten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1842" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="0B9AC88B" w14:textId="77777777" w:rsidR="00961CAD" w:rsidRPr="00961CAD" w:rsidRDefault="00961CAD" w:rsidP="00961CAD">
-[...51 lines deleted...]
-            </w:r>
+          <w:p w14:paraId="0B9AC88B" w14:textId="59C20E24" w:rsidR="00961CAD" w:rsidRPr="00961CAD" w:rsidRDefault="00B50E68" w:rsidP="00961CAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>4</w:t>
-[...8 lines deleted...]
-            </w:r>
+              <w:t>Dienstag</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C0C3059" w14:textId="210A6A6D" w:rsidR="00961CAD" w:rsidRPr="00961CAD" w:rsidRDefault="00B50E68" w:rsidP="00961CAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+            <w:r w:rsidR="00961CAD" w:rsidRPr="00961CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.01.2026</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0ED296BF" w14:textId="7F0C63E1" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00B50E68" w:rsidP="00961CAD">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidR="00961CAD" w:rsidRPr="00961CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00961CAD" w:rsidRPr="00961CAD">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0 Uh</w:t>
+            </w:r>
+            <w:r w:rsidR="00961CAD">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="3FEDE71E" w14:textId="6F2CA420" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00844022" w:rsidP="00E80540">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="3FEDE71E" w14:textId="3072E409" w:rsidR="00844022" w:rsidRPr="00363A7F" w:rsidRDefault="00B50E68" w:rsidP="002A003B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HG 108</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="45EB7D11" w14:textId="77777777" w:rsidTr="00203BE4">
+      <w:tr w:rsidR="003B635A" w:rsidRPr="00363A7F" w14:paraId="45EB7D11" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1838" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="1BFCA278" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="45F18A0B" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
@@ -2597,60 +2630,67 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="75859605" w14:textId="77777777" w:rsidR="003B635A" w:rsidRPr="009944A8" w:rsidRDefault="003B635A" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="20D9284B" w14:textId="1EA151E5" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="003B635A" w:rsidP="00E80540">
-[...8 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="20D9284B" w14:textId="27DC51D5" w:rsidR="003B635A" w:rsidRPr="00363A7F" w:rsidRDefault="00B50E68" w:rsidP="002A003B">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HG 108</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6F49FDDD" w14:textId="77777777" w:rsidR="00216C40" w:rsidRDefault="00216C40" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="20435790" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0331C653" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -2659,64 +2699,63 @@
     </w:p>
     <w:p w14:paraId="2A257A61" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4AFA6B8B" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0C425CD9" w14:textId="77777777" w:rsidR="00D7795F" w:rsidRDefault="00D7795F" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="17C85093" w14:textId="5A421612" w:rsidR="0098206F" w:rsidRDefault="0098206F" w:rsidP="00BD1DCA">
+    <w:p w14:paraId="17C85093" w14:textId="432F9932" w:rsidR="0098206F" w:rsidRDefault="0098206F" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F5863">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Prüfungswoche März </w:t>
       </w:r>
       <w:r w:rsidR="00156AB3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>2026</w:t>
       </w:r>
       <w:r w:rsidR="001C4D8F">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="009F5863">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00E1222B">
         <w:rPr>
@@ -2849,93 +2888,117 @@
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A1641">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="000A1641" w:rsidRPr="00734DAF">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Stand </w:t>
       </w:r>
+      <w:r w:rsidR="00EB0A5E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>10</w:t>
+      </w:r>
       <w:r w:rsidR="00961CAD">
         <w:rPr>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>26.06.2025</w:t>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB0A5E">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>12</w:t>
+      </w:r>
+      <w:r w:rsidR="00961CAD">
+        <w:rPr>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>.2025</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4D8362F1" w14:textId="77777777" w:rsidR="00E80540" w:rsidRPr="00664779" w:rsidRDefault="00E80540" w:rsidP="00BD1DCA">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1735"/>
         <w:gridCol w:w="2258"/>
         <w:gridCol w:w="2765"/>
         <w:gridCol w:w="2531"/>
         <w:gridCol w:w="1860"/>
         <w:gridCol w:w="1778"/>
         <w:gridCol w:w="1350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="0E9295B9" w14:textId="77777777" w:rsidTr="003B1F3C">
+      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="0E9295B9" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="15A9AE47" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Studiengang</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
@@ -3066,51 +3129,51 @@
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5D8691C2" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Raum</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="4634154D" w14:textId="77777777" w:rsidTr="003B1F3C">
+      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="4634154D" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2886904F" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4D5ADFB8" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
@@ -3387,69 +3450,76 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="1323FC25" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00BA51B8" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00BA51B8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.00 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="668CE4D8" w14:textId="2DCF71D2" w:rsidR="00216C40" w:rsidRPr="00AE0942" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
+          <w:p w14:paraId="668CE4D8" w14:textId="66CE5715" w:rsidR="00216C40" w:rsidRPr="00AE0942" w:rsidRDefault="00B50E68" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HG 108</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C54AB" w:rsidRPr="00363A7F" w14:paraId="6660CDA5" w14:textId="77777777" w:rsidTr="00C0611E">
+      <w:tr w:rsidR="006C54AB" w:rsidRPr="00363A7F" w14:paraId="6660CDA5" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="445F41A2" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="1565C7F5" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -3474,51 +3544,50 @@
               </w:rPr>
               <w:t>3</w:t>
             </w:r>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>. Semester</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3F7FD4DE" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="261623FD" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modul 31</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3A6F647F" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00AC3FD3" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -3608,134 +3677,130 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3720E8DB" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wiederholungsprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0491F9B2" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="6F24D6DC" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Empirische Sozialforschung in der Sozialen Arbeit</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2531" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="7353B4C6" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prof. Dr. Stefan Thomas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="6D4AFDB2" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="de-DE"/>
               </w:rPr>
               <w:t>90 Minuten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="70F399E9" w14:textId="213C3BFA" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Dienstag</w:t>
             </w:r>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -3773,65 +3838,72 @@
               <w:t>2026</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4C647069" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.00 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="44395438" w14:textId="0A4E3E8A" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="44395438" w14:textId="335E1192" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="00B50E68" w:rsidP="00C0611E">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HG 108</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00503175" w:rsidRPr="00363A7F" w14:paraId="53DACB42" w14:textId="77777777" w:rsidTr="00961CAD">
+      <w:tr w:rsidR="00503175" w:rsidRPr="00363A7F" w14:paraId="53DACB42" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
           <w:p w14:paraId="0715A62B" w14:textId="77777777" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>BABEK</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="649470C6" w14:textId="77777777" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00FB1C1A">
             <w:pPr>
@@ -4097,63 +4169,71 @@
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t>14:00 Uhr</w:t>
             </w:r>
             <w:r w:rsidRPr="00286D42">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
           </w:tcPr>
-          <w:p w14:paraId="60951F33" w14:textId="76C1DEEA" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00503175" w:rsidP="00503175">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="60951F33" w14:textId="68CC6541" w:rsidR="00503175" w:rsidRPr="00363A7F" w:rsidRDefault="00B50E68" w:rsidP="00503175">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HG 108</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="7E25CA42" w14:textId="77777777" w:rsidTr="003B1F3C">
+      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="7E25CA42" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0BB473C1" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="24C95F3F" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
@@ -4445,67 +4525,74 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.00 Uhr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63DF073E" w14:textId="0691AC59" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
-[...7 lines deleted...]
-            </w:pPr>
+          <w:p w14:paraId="63DF073E" w14:textId="56746403" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00B50E68" w:rsidP="00FB1C1A">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>HG 108</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006C54AB" w:rsidRPr="00363A7F" w14:paraId="6C2601C3" w14:textId="77777777" w:rsidTr="00C0611E">
+      <w:tr w:rsidR="006C54AB" w:rsidRPr="00363A7F" w14:paraId="6C2601C3" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="46336127" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3C22E5B7" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4523,51 +4610,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3. Semester</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4A196500" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="4B449D7F" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modul 32</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="225AEB94" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -4593,141 +4679,137 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="136AEC4B" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wiederholungsprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="07F7A41C" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fachwissenschaft Soziale Arbeit II</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="425F75C0" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(Theorien Sozialer Arbeit)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2531" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="63352DB3" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Prof. Dr. Frank Früchtel</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0A271BE6" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>90 Minuten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1966014D" w14:textId="04B846A5" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Donnerstag</w:t>
             </w:r>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -4773,77 +4855,91 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">10.00 Uhr </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3503C193" w14:textId="77777777" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
+          <w:p w14:paraId="3503C193" w14:textId="07B911E2" w:rsidR="006C54AB" w:rsidRPr="00363A7F" w:rsidRDefault="006C54AB" w:rsidP="00C0611E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Online-Prüfung</w:t>
+              <w:t>Online-</w:t>
+            </w:r>
+            <w:r w:rsidR="002A003B">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Prüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="36A8CDE7" w14:textId="77777777" w:rsidTr="003B1F3C">
+      <w:tr w:rsidR="00216C40" w:rsidRPr="00363A7F" w14:paraId="36A8CDE7" w14:textId="77777777" w:rsidTr="00B50E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1735" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="209D4416" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4C49BFD5" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -4851,51 +4947,50 @@
               <w:t>BASA Präsenz</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="44511EED" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5. Semester</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2258" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="771C4E0D" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Modul 53</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="13EB2E67" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -4922,123 +5017,119 @@
             </w:pPr>
           </w:p>
           <w:p w14:paraId="3ADF3A88" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="FF0000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Wiederholungsprüfung</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2765" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="20D55258" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Organisation Sozialer Arbeit/Sozialmanagement</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2531" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="32C4B2C4" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Matthias Schreckenbach</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1860" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="3F0AD6E7" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>60 Minuten</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1778" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="1DE3439F" w14:textId="00C78378" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Fr</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>eitag</w:t>
@@ -5084,262 +5175,250 @@
               <w:t>2026</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="32A5ED39" w14:textId="77777777" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00216C40" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00363A7F">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>10.00 Uhr</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="615FA9F3" w14:textId="77777777" w:rsidR="00E80540" w:rsidRDefault="00E80540" w:rsidP="00FB1C1A">
-[...8 lines deleted...]
-          </w:p>
           <w:p w14:paraId="228A81F8" w14:textId="635C2761" w:rsidR="00216C40" w:rsidRPr="00363A7F" w:rsidRDefault="00E80540" w:rsidP="00FB1C1A">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5/101</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="69B0E8C3" w14:textId="42DE6FA9" w:rsidR="009F5863" w:rsidRDefault="009F5863" w:rsidP="00BD1DCA"/>
     <w:sectPr w:rsidR="009F5863" w:rsidSect="00CE1AEE">
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1134" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="14272505" w14:textId="77777777" w:rsidR="00B63077" w:rsidRDefault="00B63077" w:rsidP="00C710D2">
+    <w:p w14:paraId="39E24DD8" w14:textId="77777777" w:rsidR="008C05FF" w:rsidRDefault="008C05FF" w:rsidP="00C710D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4627943B" w14:textId="77777777" w:rsidR="00B63077" w:rsidRDefault="00B63077" w:rsidP="00C710D2">
+    <w:p w14:paraId="26B9F3C4" w14:textId="77777777" w:rsidR="008C05FF" w:rsidRDefault="008C05FF" w:rsidP="00C710D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PMingLiU">
     <w:altName w:val="新細明體"/>
-    <w:panose1 w:val="02010601000101010101"/>
+    <w:panose1 w:val="02020500000000000000"/>
     <w:charset w:val="88"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="28CFFCFA" w:usb2="00000016" w:usb3="00000000" w:csb0="00100001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="2087731362"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr/>
     <w:sdtContent>
       <w:p w14:paraId="600C2548" w14:textId="75A36228" w:rsidR="00F97B8F" w:rsidRDefault="00F97B8F">
         <w:pPr>
           <w:pStyle w:val="Fuzeile"/>
           <w:jc w:val="right"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00BD2BE4">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="31B9BAD8" w14:textId="77777777" w:rsidR="00F97B8F" w:rsidRDefault="00F97B8F">
     <w:pPr>
       <w:pStyle w:val="Fuzeile"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7C083F26" w14:textId="77777777" w:rsidR="00B63077" w:rsidRDefault="00B63077" w:rsidP="00C710D2">
+    <w:p w14:paraId="433E3827" w14:textId="77777777" w:rsidR="008C05FF" w:rsidRDefault="008C05FF" w:rsidP="00C710D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="319C3B56" w14:textId="77777777" w:rsidR="00B63077" w:rsidRDefault="00B63077" w:rsidP="00C710D2">
+    <w:p w14:paraId="3A78A045" w14:textId="77777777" w:rsidR="008C05FF" w:rsidRDefault="008C05FF" w:rsidP="00C710D2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00945E86"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7D080C10"/>
     <w:lvl w:ilvl="0" w:tplc="04070013">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="0" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04070019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8070,143 +8149,144 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04070019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0407001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="308367903">
     <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1967196402">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1435397914">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="971207954">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="484594678">
     <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="1824008403">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="174923792">
     <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="38284003">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="78215892">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="1154948883">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="11">
+  <w:num w:numId="11" w16cid:durableId="599876678">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="12">
+  <w:num w:numId="12" w16cid:durableId="405231203">
     <w:abstractNumId w:val="25"/>
   </w:num>
-  <w:num w:numId="13">
+  <w:num w:numId="13" w16cid:durableId="645165002">
     <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="14">
+  <w:num w:numId="14" w16cid:durableId="1032152551">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="15">
+  <w:num w:numId="15" w16cid:durableId="2140492486">
     <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="16">
+  <w:num w:numId="16" w16cid:durableId="541333765">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="17">
+  <w:num w:numId="17" w16cid:durableId="1771780361">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="18">
+  <w:num w:numId="18" w16cid:durableId="395708115">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="19">
+  <w:num w:numId="19" w16cid:durableId="239222002">
     <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="20">
+  <w:num w:numId="20" w16cid:durableId="1077826966">
     <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="21">
+  <w:num w:numId="21" w16cid:durableId="1589344614">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="22">
+  <w:num w:numId="22" w16cid:durableId="325479089">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="23">
+  <w:num w:numId="23" w16cid:durableId="951015385">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="24">
+  <w:num w:numId="24" w16cid:durableId="120266654">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25">
+  <w:num w:numId="25" w16cid:durableId="1139763817">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="26">
+  <w:num w:numId="26" w16cid:durableId="804087513">
     <w:abstractNumId w:val="17"/>
   </w:num>
-  <w:num w:numId="27">
+  <w:num w:numId="27" w16cid:durableId="1098409835">
     <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="28">
+  <w:num w:numId="28" w16cid:durableId="257174596">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="29">
+  <w:num w:numId="29" w16cid:durableId="2099280236">
     <w:abstractNumId w:val="21"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:view w:val="web"/>
+  <w:zoom w:percent="170"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00647873"/>
     <w:rsid w:val="00014E75"/>
@@ -8269,50 +8349,51 @@
     <w:rsid w:val="001C61BF"/>
     <w:rsid w:val="001F36F0"/>
     <w:rsid w:val="00202DCE"/>
     <w:rsid w:val="00203BE4"/>
     <w:rsid w:val="00205792"/>
     <w:rsid w:val="00211EA7"/>
     <w:rsid w:val="00216C40"/>
     <w:rsid w:val="002214E3"/>
     <w:rsid w:val="00222339"/>
     <w:rsid w:val="00232044"/>
     <w:rsid w:val="002338FD"/>
     <w:rsid w:val="002347C2"/>
     <w:rsid w:val="00235274"/>
     <w:rsid w:val="002364E5"/>
     <w:rsid w:val="002365D9"/>
     <w:rsid w:val="00236627"/>
     <w:rsid w:val="00244514"/>
     <w:rsid w:val="002509BC"/>
     <w:rsid w:val="00256FD2"/>
     <w:rsid w:val="00262B45"/>
     <w:rsid w:val="00271B52"/>
     <w:rsid w:val="00272B34"/>
     <w:rsid w:val="002764C6"/>
     <w:rsid w:val="00286D42"/>
     <w:rsid w:val="0029725D"/>
+    <w:rsid w:val="002A003B"/>
     <w:rsid w:val="002B4BCE"/>
     <w:rsid w:val="002B4D6A"/>
     <w:rsid w:val="002B51F8"/>
     <w:rsid w:val="002D4015"/>
     <w:rsid w:val="002D6E0E"/>
     <w:rsid w:val="002E2132"/>
     <w:rsid w:val="002E64EE"/>
     <w:rsid w:val="002E67E1"/>
     <w:rsid w:val="002F0310"/>
     <w:rsid w:val="002F0D08"/>
     <w:rsid w:val="002F101C"/>
     <w:rsid w:val="00307A22"/>
     <w:rsid w:val="00312B69"/>
     <w:rsid w:val="00317034"/>
     <w:rsid w:val="00320E95"/>
     <w:rsid w:val="00323E33"/>
     <w:rsid w:val="00336C66"/>
     <w:rsid w:val="00344C8C"/>
     <w:rsid w:val="00351507"/>
     <w:rsid w:val="00352BC9"/>
     <w:rsid w:val="00362B59"/>
     <w:rsid w:val="003637AD"/>
     <w:rsid w:val="00373DED"/>
     <w:rsid w:val="0037555F"/>
     <w:rsid w:val="00384793"/>
@@ -8397,91 +8478,93 @@
     <w:rsid w:val="00647A92"/>
     <w:rsid w:val="00652B9D"/>
     <w:rsid w:val="00652CFA"/>
     <w:rsid w:val="006535C4"/>
     <w:rsid w:val="00664779"/>
     <w:rsid w:val="00675956"/>
     <w:rsid w:val="00680047"/>
     <w:rsid w:val="006A1A5C"/>
     <w:rsid w:val="006A54B9"/>
     <w:rsid w:val="006A62F2"/>
     <w:rsid w:val="006A7969"/>
     <w:rsid w:val="006B1BDC"/>
     <w:rsid w:val="006B2A60"/>
     <w:rsid w:val="006B2DBD"/>
     <w:rsid w:val="006B5620"/>
     <w:rsid w:val="006C54AB"/>
     <w:rsid w:val="006C5F51"/>
     <w:rsid w:val="006D6AA0"/>
     <w:rsid w:val="006E3D00"/>
     <w:rsid w:val="006F0974"/>
     <w:rsid w:val="006F7BD4"/>
     <w:rsid w:val="00706EF2"/>
     <w:rsid w:val="00710A53"/>
     <w:rsid w:val="00714A2D"/>
     <w:rsid w:val="00720010"/>
+    <w:rsid w:val="00724410"/>
     <w:rsid w:val="00734DAF"/>
     <w:rsid w:val="0073536C"/>
     <w:rsid w:val="00743B5E"/>
     <w:rsid w:val="00746FAC"/>
     <w:rsid w:val="00750DFB"/>
     <w:rsid w:val="00753961"/>
     <w:rsid w:val="00761B15"/>
     <w:rsid w:val="007623B3"/>
     <w:rsid w:val="00772837"/>
     <w:rsid w:val="00773A49"/>
     <w:rsid w:val="00777B62"/>
     <w:rsid w:val="00782D7A"/>
     <w:rsid w:val="0079479E"/>
     <w:rsid w:val="007A0FB1"/>
     <w:rsid w:val="007A7AE5"/>
     <w:rsid w:val="007B1D69"/>
     <w:rsid w:val="007C048D"/>
     <w:rsid w:val="007D113F"/>
     <w:rsid w:val="007D6982"/>
     <w:rsid w:val="007E701F"/>
     <w:rsid w:val="007F6DCE"/>
     <w:rsid w:val="00806303"/>
     <w:rsid w:val="00815400"/>
     <w:rsid w:val="00821B69"/>
     <w:rsid w:val="0082235A"/>
     <w:rsid w:val="00826996"/>
     <w:rsid w:val="00831336"/>
     <w:rsid w:val="0083577D"/>
     <w:rsid w:val="00836332"/>
     <w:rsid w:val="0084276F"/>
     <w:rsid w:val="00844022"/>
     <w:rsid w:val="0084768F"/>
     <w:rsid w:val="00862E65"/>
     <w:rsid w:val="00875359"/>
     <w:rsid w:val="0087646E"/>
     <w:rsid w:val="0088638C"/>
     <w:rsid w:val="0089403F"/>
     <w:rsid w:val="008B1E20"/>
     <w:rsid w:val="008B3C03"/>
     <w:rsid w:val="008B5CA1"/>
     <w:rsid w:val="008B68AD"/>
+    <w:rsid w:val="008C05FF"/>
     <w:rsid w:val="008C2B2A"/>
     <w:rsid w:val="008C42A7"/>
     <w:rsid w:val="008D44B7"/>
     <w:rsid w:val="008D4CAF"/>
     <w:rsid w:val="008F6AAD"/>
     <w:rsid w:val="00901D60"/>
     <w:rsid w:val="00904287"/>
     <w:rsid w:val="00913D12"/>
     <w:rsid w:val="0091785D"/>
     <w:rsid w:val="00917E63"/>
     <w:rsid w:val="00923C73"/>
     <w:rsid w:val="009358DE"/>
     <w:rsid w:val="0094279B"/>
     <w:rsid w:val="00945EA4"/>
     <w:rsid w:val="009524C3"/>
     <w:rsid w:val="00961CAD"/>
     <w:rsid w:val="0096401D"/>
     <w:rsid w:val="0098206F"/>
     <w:rsid w:val="00983E60"/>
     <w:rsid w:val="009A79C1"/>
     <w:rsid w:val="009B0A86"/>
     <w:rsid w:val="009B124F"/>
     <w:rsid w:val="009B232A"/>
     <w:rsid w:val="009C1FA2"/>
     <w:rsid w:val="009C23EE"/>
@@ -8506,50 +8589,51 @@
     <w:rsid w:val="00A8332A"/>
     <w:rsid w:val="00A83333"/>
     <w:rsid w:val="00AA4B78"/>
     <w:rsid w:val="00AB3584"/>
     <w:rsid w:val="00AB4ABA"/>
     <w:rsid w:val="00AB7024"/>
     <w:rsid w:val="00AC1DE3"/>
     <w:rsid w:val="00AD2747"/>
     <w:rsid w:val="00AD4FB8"/>
     <w:rsid w:val="00AD76F6"/>
     <w:rsid w:val="00AE0942"/>
     <w:rsid w:val="00AE379C"/>
     <w:rsid w:val="00AF1BE9"/>
     <w:rsid w:val="00AF327C"/>
     <w:rsid w:val="00B07D49"/>
     <w:rsid w:val="00B128C3"/>
     <w:rsid w:val="00B12E5E"/>
     <w:rsid w:val="00B22D15"/>
     <w:rsid w:val="00B2446E"/>
     <w:rsid w:val="00B25E56"/>
     <w:rsid w:val="00B26D6C"/>
     <w:rsid w:val="00B27D88"/>
     <w:rsid w:val="00B3052F"/>
     <w:rsid w:val="00B32F72"/>
     <w:rsid w:val="00B34612"/>
+    <w:rsid w:val="00B50E68"/>
     <w:rsid w:val="00B53B74"/>
     <w:rsid w:val="00B54F58"/>
     <w:rsid w:val="00B57F9E"/>
     <w:rsid w:val="00B61BDB"/>
     <w:rsid w:val="00B63077"/>
     <w:rsid w:val="00B6507F"/>
     <w:rsid w:val="00B670B7"/>
     <w:rsid w:val="00B67D74"/>
     <w:rsid w:val="00B71A99"/>
     <w:rsid w:val="00B7533B"/>
     <w:rsid w:val="00B86DB8"/>
     <w:rsid w:val="00B93E31"/>
     <w:rsid w:val="00B941F1"/>
     <w:rsid w:val="00B96097"/>
     <w:rsid w:val="00B96C7A"/>
     <w:rsid w:val="00B9737B"/>
     <w:rsid w:val="00B97DE7"/>
     <w:rsid w:val="00BB60A0"/>
     <w:rsid w:val="00BC6368"/>
     <w:rsid w:val="00BD1DCA"/>
     <w:rsid w:val="00BD2BE4"/>
     <w:rsid w:val="00BE7384"/>
     <w:rsid w:val="00BF726A"/>
     <w:rsid w:val="00C07ABC"/>
     <w:rsid w:val="00C10B39"/>
@@ -8597,50 +8681,51 @@
     <w:rsid w:val="00DC69CB"/>
     <w:rsid w:val="00DE4B7A"/>
     <w:rsid w:val="00DF0497"/>
     <w:rsid w:val="00DF0E35"/>
     <w:rsid w:val="00DF2869"/>
     <w:rsid w:val="00E0424B"/>
     <w:rsid w:val="00E046B3"/>
     <w:rsid w:val="00E10669"/>
     <w:rsid w:val="00E1222B"/>
     <w:rsid w:val="00E21047"/>
     <w:rsid w:val="00E271DD"/>
     <w:rsid w:val="00E47DD0"/>
     <w:rsid w:val="00E55954"/>
     <w:rsid w:val="00E80540"/>
     <w:rsid w:val="00E80A80"/>
     <w:rsid w:val="00E81ADC"/>
     <w:rsid w:val="00E866DD"/>
     <w:rsid w:val="00E87F53"/>
     <w:rsid w:val="00E90268"/>
     <w:rsid w:val="00EA0CD3"/>
     <w:rsid w:val="00EA3158"/>
     <w:rsid w:val="00EA4A2B"/>
     <w:rsid w:val="00EA520C"/>
     <w:rsid w:val="00EA6992"/>
     <w:rsid w:val="00EA69EA"/>
+    <w:rsid w:val="00EB0A5E"/>
     <w:rsid w:val="00EB3AB4"/>
     <w:rsid w:val="00EC356A"/>
     <w:rsid w:val="00EC52DC"/>
     <w:rsid w:val="00ED0D15"/>
     <w:rsid w:val="00ED2749"/>
     <w:rsid w:val="00ED50C4"/>
     <w:rsid w:val="00EE3A06"/>
     <w:rsid w:val="00EE475C"/>
     <w:rsid w:val="00EE69A8"/>
     <w:rsid w:val="00EF2970"/>
     <w:rsid w:val="00EF4561"/>
     <w:rsid w:val="00EF4945"/>
     <w:rsid w:val="00F0087F"/>
     <w:rsid w:val="00F10828"/>
     <w:rsid w:val="00F15511"/>
     <w:rsid w:val="00F1689E"/>
     <w:rsid w:val="00F223A8"/>
     <w:rsid w:val="00F2342A"/>
     <w:rsid w:val="00F4246D"/>
     <w:rsid w:val="00F4419C"/>
     <w:rsid w:val="00F53572"/>
     <w:rsid w:val="00F53960"/>
     <w:rsid w:val="00F6088C"/>
     <w:rsid w:val="00F701AA"/>
     <w:rsid w:val="00F77613"/>
@@ -8662,67 +8747,67 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="de-DE" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="32C2DCDF"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8D23CBEE-597E-4244-A8D2-0CFE0D2D478E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="de-DE" w:eastAsia="zh-TW" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -9054,50 +9139,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Standard">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00647873"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="berschrift1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Standard"/>
     <w:next w:val="Standard"/>
     <w:link w:val="berschrift1Zchn"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:rsid w:val="00647873"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="240" w:after="0"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
@@ -9412,51 +9498,51 @@
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HTMLVorformatiertZchn">
     <w:name w:val="HTML Vorformatiert Zchn"/>
     <w:basedOn w:val="Absatz-Standardschriftart"/>
     <w:link w:val="HTMLVorformatiert"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="009F5863"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:eastAsia="Times New Roman" w:hAnsi="Courier New" w:cs="Courier New"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w:lang w:eastAsia="de-DE"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="32968548">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1141849119">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -10124,73 +10210,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{477B473E-CC37-4992-8518-ADA93E496587}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>2338</Characters>
+  <Pages>1</Pages>
+  <Words>378</Words>
+  <Characters>2383</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2704</CharactersWithSpaces>
+  <CharactersWithSpaces>2756</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Lalenia Zizek</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>